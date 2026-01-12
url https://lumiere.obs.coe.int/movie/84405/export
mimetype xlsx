--- v0 (2025-12-02)
+++ v1 (2026-01-12)
@@ -145,72 +145,72 @@
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Kino Swiat</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Özen Film</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AU,CA,DE,DK,FI,GB,NL,SE,SG,US</t>
+  </si>
+  <si>
+    <t>Iron Sky 2: The Coming Race</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Deu a Louca nos Nazis 2</t>
+  </si>
+  <si>
+    <t>ES</t>
+  </si>
+  <si>
+    <t>Sky: The Coming Race</t>
+  </si>
+  <si>
     <t>FR,GR</t>
   </si>
   <si>
     <t>Iron Sky 2</t>
-  </si>
-[...16 lines deleted...]
-    <t>Sky: The Coming Race</t>
   </si>
   <si>
     <t>Željezno nebo 2</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Iron Sky - La battaglia continua</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>Aian Sukai/Daisan teikoku no gyakushû</t>
   </si>
   <si>
     <t>Iron Sky. Inwazja</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Gvozdeno nebo 2: Nadolazeća vrsta</t>
   </si>
@@ -985,64 +985,64 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B15"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="28.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>43</v>
       </c>
       <c r="B2" t="s">
-        <v>44</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>45</v>
+        <v>22</v>
       </c>
       <c r="B3" t="s">
-        <v>1</v>
+        <v>44</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>22</v>
+        <v>45</v>
       </c>
       <c r="B4" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>47</v>
       </c>
       <c r="B5" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>49</v>
       </c>
       <c r="B6" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>33</v>
       </c>