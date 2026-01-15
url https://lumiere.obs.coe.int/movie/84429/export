--- v0 (2025-12-05)
+++ v1 (2026-01-15)
@@ -172,63 +172,63 @@
   <si>
     <t>ME</t>
   </si>
   <si>
     <t>Art Vista</t>
   </si>
   <si>
     <t>MK</t>
   </si>
   <si>
     <t>Constantin Film</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>SPUTNIK NAD POLSKĄ</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>Peasant</t>
+  </si>
+  <si>
+    <t>Der Knecht - Einmal Mittelalter und zurück</t>
+  </si>
+  <si>
+    <t>Servant</t>
+  </si>
+  <si>
     <t>Rahajõmmi piinad</t>
-  </si>
-[...10 lines deleted...]
-    <t>Servant</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Atrapado en el pasado. Se acabó la buena vida</t>
   </si>
   <si>
     <t>GB,US</t>
   </si>
   <si>
     <t>Son of a Rich</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Parasztvakítás</t>
   </si>
   <si>
     <t>Tarnas</t>
   </si>
   <si>
     <t>Kalps</t>
   </si>
@@ -1097,80 +1097,80 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="41.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>52</v>
       </c>
       <c r="B2" t="s">
-        <v>52</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
-      <c r="A3" t="s">
+      <c r="B3" t="s">
         <v>53</v>
       </c>
-      <c r="B3" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="4" spans="1:2">
+      <c r="A4" t="s">
+        <v>31</v>
+      </c>
       <c r="B4" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>31</v>
       </c>
       <c r="B5" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B6" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>57</v>
       </c>
       <c r="B7" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>59</v>
       </c>
       <c r="B8" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>61</v>
       </c>