--- v0 (2025-11-29)
+++ v1 (2026-01-10)
@@ -1438,66 +1438,68 @@
         <v>43882</v>
       </c>
       <c r="D23" s="3">
         <v>8694</v>
       </c>
       <c r="E23" s="3"/>
       <c r="F23" s="3">
         <v>8694</v>
       </c>
       <c r="G23" s="3"/>
       <c r="H23" s="3"/>
       <c r="I23" s="3"/>
       <c r="J23" s="3"/>
     </row>
     <row r="24" spans="1:10">
       <c r="A24" t="s">
         <v>67</v>
       </c>
       <c r="B24" t="s">
         <v>68</v>
       </c>
       <c r="C24">
         <v>43805</v>
       </c>
       <c r="D24" s="3">
-        <v>42846</v>
+        <v>43202</v>
       </c>
       <c r="E24" s="3">
         <v>33346</v>
       </c>
       <c r="F24" s="3">
         <v>7754</v>
       </c>
       <c r="G24" s="3">
         <v>126</v>
       </c>
       <c r="H24" s="3">
         <v>1620</v>
       </c>
       <c r="I24" s="3"/>
-      <c r="J24" s="3"/>
+      <c r="J24" s="3">
+        <v>356</v>
+      </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" t="s">
         <v>69</v>
       </c>
       <c r="B25" t="s">
         <v>70</v>
       </c>
       <c r="C25">
         <v>43888</v>
       </c>
       <c r="D25" s="3">
         <v>4735</v>
       </c>
       <c r="E25" s="3"/>
       <c r="F25" s="3">
         <v>4735</v>
       </c>
       <c r="G25" s="3"/>
       <c r="H25" s="3"/>
       <c r="I25" s="3"/>
       <c r="J25" s="3"/>
     </row>
     <row r="26" spans="1:10">
       <c r="A26" t="s">
@@ -1590,95 +1592,95 @@
       </c>
       <c r="E29" s="3">
         <v>4922</v>
       </c>
       <c r="F29" s="3">
         <v>3626</v>
       </c>
       <c r="G29" s="3">
         <v>99</v>
       </c>
       <c r="H29" s="3">
         <v>100</v>
       </c>
       <c r="I29" s="3">
         <v>85</v>
       </c>
       <c r="J29" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30" t="s">
         <v>77</v>
       </c>
       <c r="D30" s="3">
-        <v>2820752</v>
+        <v>2821108</v>
       </c>
       <c r="E30" s="3">
         <v>2376516</v>
       </c>
       <c r="F30" s="3">
         <v>408219</v>
       </c>
       <c r="G30" s="3">
         <v>15281</v>
       </c>
       <c r="H30" s="3">
         <v>9727</v>
       </c>
       <c r="I30" s="3">
         <v>6177</v>
       </c>
       <c r="J30" s="3">
-        <v>4832</v>
+        <v>5188</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="A31" t="s">
         <v>78</v>
       </c>
       <c r="D31" s="3">
-        <v>2900944</v>
+        <v>2901300</v>
       </c>
       <c r="E31" s="3">
         <v>2436147</v>
       </c>
       <c r="F31" s="3">
         <v>427734</v>
       </c>
       <c r="G31" s="3">
         <v>15963</v>
       </c>
       <c r="H31" s="3">
         <v>9944</v>
       </c>
       <c r="I31" s="3">
         <v>6296</v>
       </c>
       <c r="J31" s="3">
-        <v>4860</v>
+        <v>5216</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B20"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="14.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="39.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>