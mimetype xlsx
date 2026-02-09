--- v0 (2025-11-18)
+++ v1 (2026-02-09)
@@ -100,50 +100,62 @@
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>Parkland Pictures</t>
   </si>
   <si>
     <t>Kultfilma</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>SK</t>
+  </si>
+  <si>
+    <t>Búrka duší</t>
+  </si>
+  <si>
+    <t>UA</t>
+  </si>
+  <si>
+    <t>Віхола душ</t>
+  </si>
+  <si>
     <t>Rifleman</t>
   </si>
   <si>
     <t>Rifleman: The Director's Cut</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Blizzard Of Souls: The Director's Cut</t>
   </si>
   <si>
     <t>CN</t>
   </si>
   <si>
     <t>灵魂暴风雪</t>
   </si>
   <si>
     <t>AU,CA,GB,IT,LV,NO,US</t>
   </si>
   <si>
     <t>The Rifleman</t>
   </si>
   <si>
     <t>BG</t>
@@ -194,62 +206,50 @@
     <t>Lélekvihar</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>ザ・ライフルマン</t>
   </si>
   <si>
     <t>ザ・ライフルマン 地獄の最前線</t>
   </si>
   <si>
     <t>Dvēseļu putenis</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Burza dusz</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Ung soldat</t>
-  </si>
-[...10 lines deleted...]
-    <t>Віхола душ</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Метель души</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
@@ -834,86 +834,86 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B23"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="36.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
+      <c r="A2" t="s">
+        <v>28</v>
+      </c>
       <c r="B2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:2">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
       <c r="B3" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
     </row>
     <row r="4" spans="1:2">
-      <c r="A4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B4" t="s">
-        <v>1</v>
+        <v>32</v>
       </c>
     </row>
     <row r="5" spans="1:2">
-      <c r="A5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B5" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B6" t="s">
-        <v>33</v>
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="B7" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>36</v>
       </c>
       <c r="B8" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>38</v>
       </c>
       <c r="B9" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>40</v>
       </c>
@@ -949,75 +949,75 @@
       <c r="A14" t="s">
         <v>48</v>
       </c>
       <c r="B14" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>50</v>
       </c>
       <c r="B15" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>52</v>
       </c>
       <c r="B16" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="B17" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>6</v>
+        <v>56</v>
       </c>
       <c r="B18" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>56</v>
       </c>
       <c r="B19" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>58</v>
+        <v>6</v>
       </c>
       <c r="B20" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>60</v>
       </c>
       <c r="B21" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>62</v>
       </c>
       <c r="B22" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>64</v>
       </c>