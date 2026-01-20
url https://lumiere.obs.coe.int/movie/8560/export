--- v0 (2025-12-05)
+++ v1 (2026-01-20)
@@ -112,66 +112,66 @@
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>CZ</t>
   </si>
   <si>
     <t>CinemArt</t>
   </si>
   <si>
     <t>Momentum Pictures</t>
   </si>
   <si>
     <t>GB_IE</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AU,GB,US</t>
+  </si>
+  <si>
+    <t>Guvernantka</t>
+  </si>
+  <si>
+    <t>AR</t>
+  </si>
+  <si>
+    <t>La institutriz amante</t>
+  </si>
+  <si>
     <t>BR</t>
   </si>
   <si>
     <t>A Governanta</t>
-  </si>
-[...10 lines deleted...]
-    <t>La institutriz amante</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>La institutriu</t>
   </si>
   <si>
     <t>La institutriz</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Kotiopettajatar</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>A nevelőnő</t>
   </si>
   <si>
     <t>La governante</t>
   </si>
@@ -829,62 +829,62 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B15"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="24.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2">
+      <c r="B3" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="3" spans="1:2">
-      <c r="A3" t="s">
+    <row r="4" spans="1:2">
+      <c r="A4" t="s">
         <v>34</v>
       </c>
-      <c r="B3" t="s">
-[...3 lines deleted...]
-    <row r="4" spans="1:2">
       <c r="B4" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>36</v>
       </c>
       <c r="B5" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>38</v>
       </c>
       <c r="B6" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>38</v>
       </c>
       <c r="B7" t="s">