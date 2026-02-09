--- v0 (2025-11-19)
+++ v1 (2026-02-09)
@@ -19,72 +19,72 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Metadata" sheetId="1" r:id="rId1"/>
     <sheet name="Admissions" sheetId="2" r:id="rId2"/>
     <sheet name="Titles" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="18">
   <si>
     <t>Original title</t>
   </si>
   <si>
-    <t>Ariol prend l'avion (et autres têtes en l'air)</t>
+    <t>Ariol prend l'avion</t>
   </si>
   <si>
     <t>Director(s)</t>
   </si>
   <si>
-    <t>Yulia Aronova, Amandine Fredon</t>
+    <t>Amandine Fredon</t>
   </si>
   <si>
     <t>Production year</t>
   </si>
   <si>
     <t>Producing or Co-producing countries</t>
   </si>
   <si>
     <t>FR, RU</t>
   </si>
   <si>
-    <t>EIDR link</t>
-[...2 lines deleted...]
-    <t>https://ui.eidr.org/view/content?id=10.5240/4BDA-375D-EBA0-942B-7823-9</t>
+    <t>CNC (FR) link</t>
+  </si>
+  <si>
+    <t>https://www.cnc.fr/professionnels/visas-et-classification/151114</t>
   </si>
   <si>
     <t>Market</t>
   </si>
   <si>
     <t>Distributor</t>
   </si>
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 2019</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Folimage/Gebeka Films</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
@@ -428,63 +428,63 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ui.eidr.org/view/content?id=10.5240/4BDA-375D-EBA0-942B-7823-9" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnc.fr/professionnels/visas-et-classification/151114" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="33.140625" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="67.28515625" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="58.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B3">
         <v>2018</v>
       </c>
@@ -576,51 +576,51 @@
     <row r="4" spans="1:5">
       <c r="A4" t="s">
         <v>17</v>
       </c>
       <c r="D4" s="3">
         <v>38998</v>
       </c>
       <c r="E4" s="3">
         <v>38998</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="38.42578125" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="17.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="B2" t="s">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>