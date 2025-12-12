--- v0 (2025-11-22)
+++ v1 (2025-12-12)
@@ -85,156 +85,156 @@
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 2019</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>Festival Films</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>MX,NL</t>
+  </si>
+  <si>
+    <t>AT,DE</t>
+  </si>
+  <si>
+    <t>Der Schacht</t>
+  </si>
+  <si>
+    <t>BA,HR,PL</t>
+  </si>
+  <si>
+    <t>Platforma</t>
+  </si>
+  <si>
+    <t>BE,CA,FR</t>
+  </si>
+  <si>
+    <t>La Plateforme</t>
+  </si>
+  <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Платформата</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>O Poço</t>
+  </si>
+  <si>
+    <t>AU,CA,GB,SG,US</t>
+  </si>
+  <si>
+    <t>The Platform</t>
+  </si>
+  <si>
+    <t>CZ</t>
+  </si>
+  <si>
+    <t>Díra</t>
+  </si>
+  <si>
+    <t>DE</t>
+  </si>
+  <si>
+    <t>El Hoyo</t>
+  </si>
+  <si>
+    <t>DK</t>
+  </si>
+  <si>
+    <t>Platformen</t>
+  </si>
+  <si>
+    <t>La plataforma</t>
+  </si>
+  <si>
+    <t>FI</t>
+  </si>
+  <si>
+    <t>Taso</t>
+  </si>
+  <si>
+    <t>HU</t>
+  </si>
+  <si>
+    <t>A platform</t>
+  </si>
+  <si>
+    <t>IT</t>
+  </si>
+  <si>
+    <t>Il buco</t>
+  </si>
+  <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>プラットフォーム</t>
+  </si>
+  <si>
+    <t>KR</t>
+  </si>
+  <si>
+    <t>더 플랫폼</t>
+  </si>
+  <si>
     <t>NO</t>
   </si>
   <si>
     <t>Hullet</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>饑餓鬥室</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>A Plataforma</t>
-  </si>
-[...88 lines deleted...]
-    <t>더 플랫폼</t>
   </si>
   <si>
     <t>RS,RU,UA</t>
   </si>
   <si>
     <t>Платформа</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Hålet</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Diera</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Platform</t>
   </si>
@@ -788,75 +788,75 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B25"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="15.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="13.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>23</v>
       </c>
       <c r="B2" t="s">
-        <v>24</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>24</v>
+      </c>
+      <c r="B3" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
+        <v>26</v>
+      </c>
+      <c r="B4" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
+        <v>28</v>
+      </c>
+      <c r="B5" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>30</v>
       </c>
       <c r="B6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>32</v>
       </c>
       <c r="B7" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>34</v>
       </c>
       <c r="B8" t="s">
         <v>35</v>
       </c>
@@ -865,75 +865,75 @@
       <c r="A9" t="s">
         <v>36</v>
       </c>
       <c r="B9" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>38</v>
       </c>
       <c r="B10" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>40</v>
       </c>
       <c r="B11" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
+        <v>6</v>
+      </c>
+      <c r="B12" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
+        <v>43</v>
+      </c>
+      <c r="B13" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
+        <v>45</v>
+      </c>
+      <c r="B14" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>6</v>
+        <v>47</v>
       </c>
       <c r="B15" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>49</v>
       </c>
       <c r="B16" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>51</v>
       </c>
       <c r="B17" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>53</v>
       </c>