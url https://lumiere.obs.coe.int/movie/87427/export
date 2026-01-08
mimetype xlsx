--- v0 (2025-12-15)
+++ v1 (2026-01-08)
@@ -88,50 +88,56 @@
   <si>
     <t>Distributor</t>
   </si>
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 2019</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Independent</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>PL</t>
+  </si>
+  <si>
+    <t>Cud</t>
+  </si>
+  <si>
     <t>PT</t>
   </si>
   <si>
     <t>Amor a Uma Estranha</t>
   </si>
   <si>
     <t>GB,IE</t>
   </si>
   <si>
     <t>Miracle</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>Een vreemde in de stad</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Чудото</t>
   </si>
   <si>
     <t>BR</t>
@@ -164,56 +170,50 @@
     <t>A csoda</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Un amore forse due</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>スターダスト（1990）</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Stebuklas</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Miraklet</t>
-  </si>
-[...4 lines deleted...]
-    <t>Cud</t>
   </si>
   <si>
     <t>Amar Uma Desconhecida</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Чудо</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Диво</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
@@ -744,62 +744,62 @@
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="34.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>24</v>
       </c>
       <c r="B2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>26</v>
       </c>
       <c r="B3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="4" spans="1:2">
+      <c r="A4" t="s">
+        <v>28</v>
+      </c>
+      <c r="B4" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:2">
-[...3 lines deleted...]
-    </row>
     <row r="5" spans="1:2">
-      <c r="A5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B5" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>30</v>
       </c>
       <c r="B6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>32</v>
       </c>
       <c r="B7" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>34</v>
       </c>
       <c r="B8" t="s">
@@ -850,51 +850,51 @@
       <c r="A14" t="s">
         <v>46</v>
       </c>
       <c r="B14" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>48</v>
       </c>
       <c r="B15" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>50</v>
       </c>
       <c r="B16" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B17" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>53</v>
       </c>
       <c r="B18" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>55</v>
       </c>
       <c r="B19" t="s">
         <v>56</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>