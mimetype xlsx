--- v0 (2025-11-17)
+++ v1 (2025-12-07)
@@ -14,79 +14,85 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Metadata" sheetId="1" r:id="rId1"/>
     <sheet name="Admissions" sheetId="2" r:id="rId2"/>
     <sheet name="Titles" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="51" uniqueCount="47">
   <si>
     <t>Original title</t>
   </si>
   <si>
     <t>Ceniza Negra</t>
   </si>
   <si>
     <t>Director(s)</t>
   </si>
   <si>
-    <t>Sofia Quiros, Sofía Quirós</t>
+    <t>Sofia Quiros Ubeda</t>
   </si>
   <si>
     <t>Production year</t>
   </si>
   <si>
     <t>Producing or Co-producing countries</t>
   </si>
   <si>
     <t>CR, AR, CL, FR</t>
   </si>
   <si>
     <t>IMDb link</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt10219406/</t>
   </si>
   <si>
+    <t>ISAN link</t>
+  </si>
+  <si>
+    <t>https://web.isan.org/public/en/isan/0000-0005-A465-0000-C-0000-0000-1</t>
+  </si>
+  <si>
     <t>EIDR link</t>
   </si>
   <si>
     <t>https://ui.eidr.org/view/content?id=10.5240/E3E0-D313-68F2-7707-78D5-R</t>
   </si>
   <si>
     <t>CNC (FR) link</t>
   </si>
   <si>
     <t>https://www.cnc.fr/professionnels/visas-et-classification/152670</t>
   </si>
   <si>
     <t>Wikidata link</t>
   </si>
   <si>
     <t>https://www.wikidata.org/wiki/Q63352732</t>
   </si>
   <si>
     <t>Market</t>
   </si>
   <si>
     <t>Distributor</t>
   </si>
   <si>
     <t>Release date</t>
@@ -100,87 +106,93 @@
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Eurozoom</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Independent</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
     <t>DE,ES</t>
   </si>
   <si>
+    <t>AR</t>
+  </si>
+  <si>
+    <t>Cendre Noire</t>
+  </si>
+  <si>
+    <t>La danse du serpent</t>
+  </si>
+  <si>
+    <t>GB,SE,US</t>
+  </si>
+  <si>
+    <t>Land of Ashes</t>
+  </si>
+  <si>
+    <t>HU</t>
+  </si>
+  <si>
+    <t>Fekete hamu</t>
+  </si>
+  <si>
+    <t>PL</t>
+  </si>
+  <si>
+    <t>Czarne popioły</t>
+  </si>
+  <si>
+    <t>RS</t>
+  </si>
+  <si>
+    <t>Zemlja pepela</t>
+  </si>
+  <si>
     <t>BG</t>
   </si>
   <si>
     <t>Танцът на змията</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Terra das cinzas</t>
-  </si>
-[...25 lines deleted...]
-    <t>Zemlja pepela</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Страна пепла</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
@@ -503,56 +515,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.imdb.com/title/tt10219406/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ui.eidr.org/view/content?id=10.5240/E3E0-D313-68F2-7707-78D5-R" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnc.fr/professionnels/visas-et-classification/152670" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q63352732" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.imdb.com/title/tt10219406/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.isan.org/public/en/isan/0000-0005-A465-0000-C-0000-0000-1" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ui.eidr.org/view/content?id=10.5240/E3E0-D313-68F2-7707-78D5-R" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnc.fr/professionnels/visas-et-classification/152670" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q63352732" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:B8"/>
+  <dimension ref="A1:B9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="33.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="66.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B2" t="s">
         <v>3</v>
       </c>
     </row>
@@ -582,252 +594,269 @@
     </row>
     <row r="6" spans="1:2">
       <c r="A6" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>14</v>
       </c>
     </row>
+    <row r="9" spans="1:2">
+      <c r="A9" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B9" s="2" t="s">
+        <v>16</v>
+      </c>
+    </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B5" r:id="rId1"/>
     <hyperlink ref="B6" r:id="rId2"/>
     <hyperlink ref="B7" r:id="rId3"/>
     <hyperlink ref="B8" r:id="rId4"/>
+    <hyperlink ref="B9" r:id="rId5"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="10.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="12.5703125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="14.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="6" width="5" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B2" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="C2">
         <v>43894</v>
       </c>
       <c r="D2" s="3">
         <v>1263</v>
       </c>
       <c r="E2" s="3"/>
       <c r="F2" s="3">
         <v>1263</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B3" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D3" s="3">
         <v>91</v>
       </c>
       <c r="E3" s="3">
         <v>91</v>
       </c>
       <c r="F3" s="3"/>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="D4" s="3">
         <v>1263</v>
       </c>
       <c r="E4" s="3">
         <v>0</v>
       </c>
       <c r="F4" s="3">
         <v>1263</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="D5" s="3">
         <v>1354</v>
       </c>
       <c r="E5" s="3">
         <v>91</v>
       </c>
       <c r="F5" s="3">
         <v>1263</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:B10"/>
+  <dimension ref="A1:B11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="18.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B3" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="B4" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="B5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B6" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B7" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B8" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B9" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B10" t="s">
-        <v>42</v>
+        <v>44</v>
+      </c>
+    </row>
+    <row r="11" spans="1:2">
+      <c r="A11" t="s">
+        <v>45</v>
+      </c>
+      <c r="B11" t="s">
+        <v>46</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Metadata</vt:lpstr>