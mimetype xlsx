--- v0 (2025-12-15)
+++ v1 (2026-01-23)
@@ -914,133 +914,135 @@
         <v>1365</v>
       </c>
       <c r="E9" s="3">
         <v>747</v>
       </c>
       <c r="F9" s="3"/>
       <c r="G9" s="3">
         <v>546</v>
       </c>
       <c r="H9" s="3"/>
       <c r="I9" s="3">
         <v>72</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
         <v>37</v>
       </c>
       <c r="B10" t="s">
         <v>38</v>
       </c>
       <c r="C10">
         <v>44514</v>
       </c>
       <c r="D10" s="3">
-        <v>2525</v>
+        <v>2916</v>
       </c>
       <c r="E10" s="3"/>
       <c r="F10" s="3">
         <v>260</v>
       </c>
       <c r="G10" s="3">
         <v>2265</v>
       </c>
       <c r="H10" s="3"/>
-      <c r="I10" s="3"/>
+      <c r="I10" s="3">
+        <v>391</v>
+      </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>39</v>
       </c>
       <c r="B11" t="s">
         <v>40</v>
       </c>
       <c r="C11">
         <v>44462</v>
       </c>
       <c r="D11" s="3">
         <v>1012</v>
       </c>
       <c r="E11" s="3"/>
       <c r="F11" s="3">
         <v>195</v>
       </c>
       <c r="G11" s="3">
         <v>343</v>
       </c>
       <c r="H11" s="3">
         <v>471</v>
       </c>
       <c r="I11" s="3">
         <v>3</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
         <v>41</v>
       </c>
       <c r="D12" s="3">
-        <v>37243</v>
+        <v>37634</v>
       </c>
       <c r="E12" s="3">
         <v>4871</v>
       </c>
       <c r="F12" s="3">
         <v>5847</v>
       </c>
       <c r="G12" s="3">
         <v>20985</v>
       </c>
       <c r="H12" s="3">
         <v>4043</v>
       </c>
       <c r="I12" s="3">
-        <v>1497</v>
+        <v>1888</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
         <v>42</v>
       </c>
       <c r="D13" s="3">
-        <v>186014</v>
+        <v>186405</v>
       </c>
       <c r="E13" s="3">
         <v>144579</v>
       </c>
       <c r="F13" s="3">
         <v>8678</v>
       </c>
       <c r="G13" s="3">
         <v>26291</v>
       </c>
       <c r="H13" s="3">
         <v>4319</v>
       </c>
       <c r="I13" s="3">
-        <v>2147</v>
+        <v>2538</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="27" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>