--- v0 (2025-11-21)
+++ v1 (2026-02-12)
@@ -79,111 +79,111 @@
   <si>
     <t>Market</t>
   </si>
   <si>
     <t>Distributor</t>
   </si>
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 2019</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>Magyar Nemzeti</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AR</t>
+  </si>
+  <si>
+    <t>La elección de Hanna B.</t>
+  </si>
+  <si>
+    <t>Una cierta mirada</t>
+  </si>
+  <si>
+    <t>CA,GB,US</t>
+  </si>
+  <si>
+    <t>Another Way</t>
+  </si>
+  <si>
+    <t>DK</t>
+  </si>
+  <si>
+    <t>Andre måder</t>
+  </si>
+  <si>
+    <t>Eva og Livia</t>
+  </si>
+  <si>
+    <t>ES</t>
+  </si>
+  <si>
+    <t>La elección de Hanna B</t>
+  </si>
+  <si>
+    <t>FI</t>
+  </si>
+  <si>
+    <t>Toinen tie</t>
+  </si>
+  <si>
+    <t>FR</t>
+  </si>
+  <si>
+    <t>Un Autre Regard</t>
+  </si>
+  <si>
+    <t>GR</t>
+  </si>
+  <si>
+    <t>Pathos gynaikon</t>
+  </si>
+  <si>
     <t>JP</t>
   </si>
   <si>
+    <t>アナザウェイ</t>
+  </si>
+  <si>
     <t>Anazâ uei</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Another way</t>
-  </si>
-[...49 lines deleted...]
-    <t>アナザウェイ</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Inne spojrzenie</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Outra Forma de Amar</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>En kvinnas mod</t>
   </si>
   <si>
     <t>Глядя друг на друга</t>
   </si>
   <si>
     <t>Der andere Blick</t>
   </si>
@@ -703,147 +703,147 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B20"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="21.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
       <c r="B2" t="s">
-        <v>22</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B3" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>6</v>
+        <v>21</v>
       </c>
       <c r="B4" t="s">
-        <v>1</v>
+        <v>23</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
+        <v>24</v>
+      </c>
+      <c r="B5" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
+        <v>26</v>
+      </c>
+      <c r="B7" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
+        <v>29</v>
+      </c>
+      <c r="B8" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B9" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>33</v>
       </c>
       <c r="B10" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>35</v>
       </c>
       <c r="B11" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>37</v>
       </c>
       <c r="B12" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
+        <v>37</v>
+      </c>
+      <c r="B13" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>21</v>
+        <v>40</v>
       </c>
       <c r="B14" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>42</v>
       </c>
       <c r="B15" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>44</v>
       </c>
       <c r="B16" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>46</v>
       </c>