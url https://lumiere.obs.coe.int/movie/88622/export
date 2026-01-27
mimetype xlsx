--- v0 (2025-12-13)
+++ v1 (2026-01-27)
@@ -217,50 +217,53 @@
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Njutafilms</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Fivia</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>CJET</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Översättarna</t>
+  </si>
+  <si>
     <t>CA,DE,FR,GB,IT,US</t>
   </si>
   <si>
     <t>CN</t>
   </si>
   <si>
     <t>翻译疑云</t>
   </si>
   <si>
     <t>Преводачите</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Os tradutores</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Les Traducteurs</t>
   </si>
   <si>
     <t>CZ</t>
@@ -278,53 +281,50 @@
     <t>IT</t>
   </si>
   <si>
     <t>Il prezzo dell'arte</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>9人の翻訳家 囚われたベストセラー</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>더 트랜슬레이터스</t>
   </si>
   <si>
     <t>Kod Dedala</t>
   </si>
   <si>
     <t>Os Tradutores</t>
   </si>
   <si>
     <t>Traducătorii</t>
-  </si>
-[...1 lines deleted...]
-    <t>Översättarna</t>
   </si>
   <si>
     <t>Sırlar Kitabı</t>
   </si>
   <si>
     <t>Οι μεταφραστές</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Переводчики</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Перекладачі</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>叛譯同謀</t>
   </si>
@@ -1384,163 +1384,163 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B22"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="17" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="19.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
+        <v>59</v>
+      </c>
+      <c r="B2" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>68</v>
       </c>
       <c r="B3" t="s">
-        <v>69</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>33</v>
+        <v>69</v>
       </c>
       <c r="B4" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
+        <v>33</v>
+      </c>
+      <c r="B5" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
+        <v>72</v>
+      </c>
+      <c r="B6" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
+        <v>74</v>
+      </c>
+      <c r="B7" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>41</v>
+        <v>76</v>
       </c>
       <c r="B8" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="B9" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B10" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
+        <v>80</v>
+      </c>
+      <c r="B11" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
+        <v>82</v>
+      </c>
+      <c r="B12" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>53</v>
+        <v>84</v>
       </c>
       <c r="B13" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="B14" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="B15" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="B16" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>63</v>
       </c>
       <c r="B17" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>45</v>
       </c>
       <c r="B18" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>91</v>
       </c>