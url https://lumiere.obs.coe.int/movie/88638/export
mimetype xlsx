--- v0 (2025-11-20)
+++ v1 (2025-12-15)
@@ -14,51 +14,51 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Metadata" sheetId="1" r:id="rId1"/>
     <sheet name="Admissions" sheetId="2" r:id="rId2"/>
     <sheet name="Titles" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="138" uniqueCount="119">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="141" uniqueCount="120">
   <si>
     <t>Original title</t>
   </si>
   <si>
     <t>The War with Grandpa</t>
   </si>
   <si>
     <t>Director(s)</t>
   </si>
   <si>
     <t>Tim Hill</t>
   </si>
   <si>
     <t>Production year</t>
   </si>
   <si>
     <t>Producing or Co-producing countries</t>
   </si>
   <si>
     <t>US, GB, CA</t>
   </si>
   <si>
     <t>IMDb link</t>
   </si>
   <si>
@@ -91,50 +91,53 @@
   <si>
     <t>Market</t>
   </si>
   <si>
     <t>Distributor</t>
   </si>
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 2020</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
+    <t>2024</t>
+  </si>
+  <si>
     <t>BA</t>
   </si>
   <si>
     <t>Una Film</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>WW Entertainment</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>bTV</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Elite Film (CH)</t>
   </si>
   <si>
     <t>CY</t>
@@ -217,50 +220,53 @@
   <si>
     <t>MK</t>
   </si>
   <si>
     <t>Premium Film</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Norsk Filmdistribusjon</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Prorom/Ro-Image 2000</t>
   </si>
   <si>
+    <t>RS</t>
+  </si>
+  <si>
     <t>SI</t>
   </si>
   <si>
     <t>Karantanija Cinemas</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>CJET</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
     <t>AU,CA,CH,LU,NL,NZ,US</t>
   </si>
   <si>
     <t>Büyükbaba ile Savaş</t>
@@ -338,53 +344,50 @@
     <t>Nonno questa volta è guerra</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>グランパ・ウォーズ おじいちゃんと僕の宣戦布告</t>
   </si>
   <si>
     <t>ザ・ウォー・ウィズ・グランパ</t>
   </si>
   <si>
     <t>Karas su seneliu</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>En Guerra Con Mi Abuelo</t>
   </si>
   <si>
     <t>I krig med bestefar</t>
   </si>
   <si>
     <t>Wojna z dziadkiem</t>
-  </si>
-[...1 lines deleted...]
-    <t>RS</t>
   </si>
   <si>
     <t>Rat sa dekom</t>
   </si>
   <si>
     <t>Ako dostať deda z domu</t>
   </si>
   <si>
     <t>İyi Olan Kazansın</t>
   </si>
   <si>
     <t>US</t>
   </si>
   <si>
     <t>Roomies</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Війна з дідусем</t>
   </si>
   <si>
     <t>Πόλεμος στο σπίτι</t>
   </si>
@@ -832,943 +835,999 @@
         <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" s="1" t="s">
         <v>15</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>16</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B5" r:id="rId1"/>
     <hyperlink ref="B6" r:id="rId2"/>
     <hyperlink ref="B7" r:id="rId3"/>
     <hyperlink ref="B8" r:id="rId4"/>
     <hyperlink ref="B9" r:id="rId5"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H29"/>
+  <dimension ref="A1:I30"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="10.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="27.42578125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="14.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="6" width="7" bestFit="1" customWidth="1"/>
-    <col min="7" max="8" width="5" bestFit="1" customWidth="1"/>
+    <col min="7" max="9" width="5" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8">
+    <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>17</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>18</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>19</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>23</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>24</v>
       </c>
-    </row>
-    <row r="2" spans="1:8">
+      <c r="I1" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="2" spans="1:9">
       <c r="A2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C2">
         <v>44091</v>
       </c>
       <c r="D2" s="3">
         <v>3761</v>
       </c>
       <c r="E2" s="3">
         <v>3744</v>
       </c>
       <c r="F2" s="3">
         <v>17</v>
       </c>
       <c r="G2" s="3"/>
       <c r="H2" s="3"/>
-    </row>
-    <row r="3" spans="1:8">
+      <c r="I2" s="3"/>
+    </row>
+    <row r="3" spans="1:9">
       <c r="A3" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B3" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C3">
         <v>44104</v>
       </c>
       <c r="D3" s="3">
         <v>18529</v>
       </c>
       <c r="E3" s="3">
         <v>18529</v>
       </c>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
-    </row>
-    <row r="4" spans="1:8">
+      <c r="I3" s="3"/>
+    </row>
+    <row r="4" spans="1:9">
       <c r="A4" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B4" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C4">
         <v>44085</v>
       </c>
       <c r="D4" s="3">
         <v>44014</v>
       </c>
       <c r="E4" s="3">
         <v>43730</v>
       </c>
       <c r="F4" s="3">
         <v>224</v>
       </c>
       <c r="G4" s="3"/>
       <c r="H4" s="3">
         <v>60</v>
       </c>
-    </row>
-    <row r="5" spans="1:8">
+      <c r="I4" s="3"/>
+    </row>
+    <row r="5" spans="1:9">
       <c r="A5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C5">
         <v>44307</v>
       </c>
       <c r="D5" s="3">
         <v>36111</v>
       </c>
       <c r="E5" s="3"/>
       <c r="F5" s="3">
         <v>36025</v>
       </c>
       <c r="G5" s="3">
         <v>59</v>
       </c>
       <c r="H5" s="3">
         <v>27</v>
       </c>
-    </row>
-    <row r="6" spans="1:8">
+      <c r="I5" s="3"/>
+    </row>
+    <row r="6" spans="1:9">
       <c r="A6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D6" s="3">
         <v>1460</v>
       </c>
       <c r="E6" s="3">
         <v>1460</v>
       </c>
       <c r="F6" s="3"/>
       <c r="G6" s="3"/>
       <c r="H6" s="3"/>
-    </row>
-    <row r="7" spans="1:8">
+      <c r="I6" s="3"/>
+    </row>
+    <row r="7" spans="1:9">
       <c r="A7" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B7" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C7">
         <v>44084</v>
       </c>
       <c r="D7" s="3">
         <v>42475</v>
       </c>
       <c r="E7" s="3">
         <v>39047</v>
       </c>
       <c r="F7" s="3">
         <v>2687</v>
       </c>
       <c r="G7" s="3">
         <v>551</v>
       </c>
       <c r="H7" s="3">
         <v>190</v>
       </c>
-    </row>
-    <row r="8" spans="1:8">
+      <c r="I7" s="3"/>
+    </row>
+    <row r="8" spans="1:9">
       <c r="A8" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B8" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C8">
         <v>44328</v>
       </c>
       <c r="D8" s="3">
         <v>8785</v>
       </c>
       <c r="E8" s="3"/>
       <c r="F8" s="3">
         <v>8785</v>
       </c>
       <c r="G8" s="3"/>
       <c r="H8" s="3"/>
-    </row>
-    <row r="9" spans="1:8">
+      <c r="I8" s="3"/>
+    </row>
+    <row r="9" spans="1:9">
       <c r="A9" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B9" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C9">
         <v>44071</v>
       </c>
       <c r="D9" s="3">
         <v>11161</v>
       </c>
       <c r="E9" s="3">
         <v>11161</v>
       </c>
       <c r="F9" s="3"/>
       <c r="G9" s="3"/>
       <c r="H9" s="3"/>
-    </row>
-    <row r="10" spans="1:8">
+      <c r="I9" s="3"/>
+    </row>
+    <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B10" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C10">
         <v>44169</v>
       </c>
       <c r="D10" s="3">
         <v>333306</v>
       </c>
       <c r="E10" s="3">
         <v>209043</v>
       </c>
       <c r="F10" s="3">
         <v>124134</v>
       </c>
       <c r="G10" s="3">
         <v>93</v>
       </c>
       <c r="H10" s="3">
         <v>36</v>
       </c>
-    </row>
-    <row r="11" spans="1:8">
+      <c r="I10" s="3"/>
+    </row>
+    <row r="11" spans="1:9">
       <c r="A11" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B11" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C11">
         <v>44111</v>
       </c>
       <c r="D11" s="3">
         <v>123406</v>
       </c>
       <c r="E11" s="3">
         <v>123048</v>
       </c>
       <c r="F11" s="3">
         <v>358</v>
       </c>
       <c r="G11" s="3"/>
       <c r="H11" s="3"/>
-    </row>
-    <row r="12" spans="1:8">
+      <c r="I11" s="3"/>
+    </row>
+    <row r="12" spans="1:9">
       <c r="A12" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B12" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C12">
         <v>44098</v>
       </c>
       <c r="D12" s="3">
         <v>8098</v>
       </c>
       <c r="E12" s="3">
         <v>8098</v>
       </c>
       <c r="F12" s="3"/>
       <c r="G12" s="3"/>
       <c r="H12" s="3"/>
-    </row>
-    <row r="13" spans="1:8">
+      <c r="I12" s="3"/>
+    </row>
+    <row r="13" spans="1:9">
       <c r="A13" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B13" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C13">
         <v>43831</v>
       </c>
       <c r="D13" s="3">
         <v>21109</v>
       </c>
       <c r="E13" s="3">
         <v>20904</v>
       </c>
       <c r="F13" s="3">
         <v>84</v>
       </c>
       <c r="G13" s="3">
         <v>121</v>
       </c>
       <c r="H13" s="3"/>
-    </row>
-    <row r="14" spans="1:8">
+      <c r="I13" s="3"/>
+    </row>
+    <row r="14" spans="1:9">
       <c r="A14" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B14" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C14">
         <v>44091</v>
       </c>
       <c r="D14" s="3">
         <v>117549</v>
       </c>
       <c r="E14" s="3">
         <v>117019</v>
       </c>
       <c r="F14" s="3">
         <v>476</v>
       </c>
       <c r="G14" s="3">
         <v>54</v>
       </c>
       <c r="H14" s="3"/>
-    </row>
-    <row r="15" spans="1:8">
+      <c r="I14" s="3"/>
+    </row>
+    <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C15">
         <v>44106</v>
       </c>
       <c r="D15" s="3">
         <v>6845</v>
       </c>
       <c r="E15" s="3">
         <v>5147</v>
       </c>
       <c r="F15" s="3">
         <v>1698</v>
       </c>
       <c r="G15" s="3"/>
       <c r="H15" s="3"/>
-    </row>
-    <row r="16" spans="1:8">
+      <c r="I15" s="3"/>
+    </row>
+    <row r="16" spans="1:9">
       <c r="A16" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B16" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C16">
         <v>44071</v>
       </c>
       <c r="D16" s="3">
         <v>6370</v>
       </c>
       <c r="E16" s="3">
         <v>6370</v>
       </c>
       <c r="F16" s="3"/>
       <c r="G16" s="3"/>
       <c r="H16" s="3"/>
-    </row>
-    <row r="17" spans="1:8">
+      <c r="I16" s="3"/>
+    </row>
+    <row r="17" spans="1:9">
       <c r="A17" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D17" s="3">
         <v>4201</v>
       </c>
       <c r="E17" s="3">
         <v>2074</v>
       </c>
       <c r="F17" s="3">
         <v>2127</v>
       </c>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
-    </row>
-    <row r="18" spans="1:8">
+      <c r="I17" s="3"/>
+    </row>
+    <row r="18" spans="1:9">
       <c r="A18" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B18" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C18">
         <v>44092</v>
       </c>
       <c r="D18" s="3">
         <v>10651</v>
       </c>
       <c r="E18" s="3">
         <v>10651</v>
       </c>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
-    </row>
-    <row r="19" spans="1:8">
+      <c r="I18" s="3"/>
+    </row>
+    <row r="19" spans="1:9">
       <c r="A19" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B19" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D19" s="3">
         <v>2006</v>
       </c>
       <c r="E19" s="3">
         <v>2006</v>
       </c>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
-    </row>
-    <row r="20" spans="1:8">
+      <c r="I19" s="3"/>
+    </row>
+    <row r="20" spans="1:9">
       <c r="A20" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B20" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D20" s="3">
         <v>3562</v>
       </c>
       <c r="E20" s="3">
         <v>2589</v>
       </c>
       <c r="F20" s="3">
         <v>973</v>
       </c>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
-    </row>
-    <row r="21" spans="1:8">
+      <c r="I20" s="3"/>
+    </row>
+    <row r="21" spans="1:9">
       <c r="A21" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B21" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C21">
         <v>44090</v>
       </c>
       <c r="D21" s="3">
         <v>88360</v>
       </c>
       <c r="E21" s="3">
         <v>88025</v>
       </c>
       <c r="F21" s="3">
         <v>331</v>
       </c>
       <c r="G21" s="3">
         <v>4</v>
       </c>
       <c r="H21" s="3"/>
-    </row>
-    <row r="22" spans="1:8">
+      <c r="I21" s="3"/>
+    </row>
+    <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B22" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C22">
         <v>44211</v>
       </c>
       <c r="D22" s="3">
         <v>20194</v>
       </c>
       <c r="E22" s="3">
         <v>3070</v>
       </c>
       <c r="F22" s="3">
         <v>17124</v>
       </c>
       <c r="G22" s="3"/>
       <c r="H22" s="3"/>
-    </row>
-    <row r="23" spans="1:8">
+      <c r="I22" s="3"/>
+    </row>
+    <row r="23" spans="1:9">
       <c r="A23" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D23" s="3">
         <v>383440</v>
       </c>
       <c r="E23" s="3"/>
       <c r="F23" s="3">
         <v>383440</v>
       </c>
       <c r="G23" s="3"/>
       <c r="H23" s="3"/>
-    </row>
-    <row r="24" spans="1:8">
+      <c r="I23" s="3"/>
+    </row>
+    <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B24" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C24">
         <v>44099</v>
       </c>
       <c r="D24" s="3">
         <v>56257</v>
       </c>
       <c r="E24" s="3">
         <v>50036</v>
       </c>
       <c r="F24" s="3">
         <v>6221</v>
       </c>
       <c r="G24" s="3"/>
       <c r="H24" s="3"/>
-    </row>
-    <row r="25" spans="1:8">
+      <c r="I24" s="3"/>
+    </row>
+    <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B25" t="s">
-        <v>68</v>
+        <v>59</v>
       </c>
       <c r="C25">
         <v>44091</v>
       </c>
       <c r="D25" s="3">
-        <v>7949</v>
-[...6 lines deleted...]
-      </c>
+        <v>200</v>
+      </c>
+      <c r="E25" s="3"/>
+      <c r="F25" s="3"/>
       <c r="G25" s="3"/>
       <c r="H25" s="3"/>
-    </row>
-    <row r="26" spans="1:8">
+      <c r="I25" s="3">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9">
       <c r="A26" t="s">
         <v>69</v>
       </c>
       <c r="B26" t="s">
-        <v>36</v>
+        <v>70</v>
       </c>
       <c r="C26">
         <v>44091</v>
       </c>
       <c r="D26" s="3">
+        <v>7949</v>
+      </c>
+      <c r="E26" s="3">
+        <v>7753</v>
+      </c>
+      <c r="F26" s="3">
+        <v>196</v>
+      </c>
+      <c r="G26" s="3"/>
+      <c r="H26" s="3"/>
+      <c r="I26" s="3"/>
+    </row>
+    <row r="27" spans="1:9">
+      <c r="A27" t="s">
+        <v>71</v>
+      </c>
+      <c r="B27" t="s">
+        <v>37</v>
+      </c>
+      <c r="C27">
+        <v>44091</v>
+      </c>
+      <c r="D27" s="3">
         <v>19354</v>
       </c>
-      <c r="E26" s="3">
+      <c r="E27" s="3">
         <v>18144</v>
       </c>
-      <c r="F26" s="3">
+      <c r="F27" s="3">
         <v>919</v>
       </c>
-      <c r="G26" s="3">
+      <c r="G27" s="3">
         <v>291</v>
       </c>
-      <c r="H26" s="3"/>
-[...18 lines deleted...]
-      <c r="G27" s="3"/>
       <c r="H27" s="3"/>
-    </row>
-    <row r="28" spans="1:8">
+      <c r="I27" s="3"/>
+    </row>
+    <row r="28" spans="1:9">
       <c r="A28" t="s">
         <v>72</v>
       </c>
+      <c r="B28" t="s">
+        <v>73</v>
+      </c>
+      <c r="C28">
+        <v>44463</v>
+      </c>
       <c r="D28" s="3">
+        <v>6384</v>
+      </c>
+      <c r="E28" s="3"/>
+      <c r="F28" s="3">
+        <v>6384</v>
+      </c>
+      <c r="G28" s="3"/>
+      <c r="H28" s="3"/>
+      <c r="I28" s="3"/>
+    </row>
+    <row r="29" spans="1:9">
+      <c r="A29" t="s">
+        <v>74</v>
+      </c>
+      <c r="D29" s="3">
         <v>1306474</v>
       </c>
-      <c r="E28" s="3">
+      <c r="E29" s="3">
         <v>775092</v>
       </c>
-      <c r="F28" s="3">
+      <c r="F29" s="3">
         <v>529982</v>
       </c>
-      <c r="G28" s="3">
+      <c r="G29" s="3">
         <v>1114</v>
       </c>
-      <c r="H28" s="3">
+      <c r="H29" s="3">
         <v>286</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D29" s="3">
+      <c r="I29" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9">
+      <c r="A30" t="s">
+        <v>75</v>
+      </c>
+      <c r="D30" s="3">
         <v>1385337</v>
       </c>
-      <c r="E29" s="3">
+      <c r="E30" s="3">
         <v>791648</v>
       </c>
-      <c r="F29" s="3">
+      <c r="F30" s="3">
         <v>592203</v>
       </c>
-      <c r="G29" s="3">
+      <c r="G30" s="3">
         <v>1173</v>
       </c>
-      <c r="H29" s="3">
+      <c r="H30" s="3">
         <v>313</v>
+      </c>
+      <c r="I30" s="3">
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B32"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="21" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="33.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="B3" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="B5" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="B6" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="B7" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B8" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B9" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="B10" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B11" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="B12" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="B13" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B14" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B15" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="B16" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B17" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B18" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="B19" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="B20" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="B21" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B22" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="B23" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B24" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B25" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
-        <v>108</v>
+        <v>68</v>
       </c>
       <c r="B26" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="B27" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="B28" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B29" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B30" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B31" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B32" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Metadata</vt:lpstr>