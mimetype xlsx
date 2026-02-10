--- v0 (2025-12-31)
+++ v1 (2026-02-10)
@@ -145,102 +145,102 @@
   <si>
     <t>IS</t>
   </si>
   <si>
     <t>Samfilm</t>
   </si>
   <si>
     <t>MK</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>NOS Lusomundo Audiovisuais</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AR</t>
+  </si>
+  <si>
+    <t>El camino de regreso</t>
+  </si>
+  <si>
+    <t>AU,ES,FR,HK,JP,MX,NL,NZ,SE,SG,US</t>
+  </si>
+  <si>
+    <t>Out of Play: Der Weg zurück</t>
+  </si>
+  <si>
+    <t>BR,PT</t>
+  </si>
+  <si>
+    <t>O Caminho de Volta</t>
+  </si>
+  <si>
+    <t>CZ</t>
+  </si>
+  <si>
+    <t>Cesta zpátky</t>
+  </si>
+  <si>
+    <t>Out of Play - Der Weg zurück</t>
+  </si>
+  <si>
+    <t>GB,IE</t>
+  </si>
+  <si>
+    <t>Finding the Way Back</t>
+  </si>
+  <si>
+    <t>Izvan igre</t>
+  </si>
+  <si>
+    <t>HU</t>
+  </si>
+  <si>
+    <t>A visszaút</t>
+  </si>
+  <si>
+    <t>IT</t>
+  </si>
+  <si>
+    <t>Tornare a vincere</t>
+  </si>
+  <si>
     <t>LT</t>
   </si>
   <si>
     <t>Kelias atgal</t>
-  </si>
-[...46 lines deleted...]
-    <t>Tornare a vincere</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Droga powrotna</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Велики повратак</t>
   </si>
   <si>
     <t>Izven igrišča</t>
   </si>
   <si>
     <t>Torrance</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Поза грою</t>
   </si>
@@ -1038,101 +1038,101 @@
     <col min="1" max="1" width="31.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="26" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>43</v>
       </c>
       <c r="B2" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>45</v>
       </c>
       <c r="B3" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="4" spans="1:2">
+      <c r="B4" t="s">
         <v>46</v>
       </c>
     </row>
-    <row r="4" spans="1:2">
-      <c r="A4" t="s">
+    <row r="5" spans="1:2">
+      <c r="A5" t="s">
         <v>47</v>
       </c>
-      <c r="B4" t="s">
-[...3 lines deleted...]
-    <row r="5" spans="1:2">
       <c r="B5" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>49</v>
       </c>
       <c r="B6" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
+        <v>28</v>
+      </c>
+      <c r="B7" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="B8" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
+        <v>34</v>
+      </c>
+      <c r="B9" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>34</v>
+        <v>55</v>
       </c>
       <c r="B10" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>57</v>
       </c>
       <c r="B11" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>59</v>
       </c>
       <c r="B12" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>61</v>
       </c>