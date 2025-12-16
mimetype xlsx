--- v0 (2025-11-21)
+++ v1 (2025-12-16)
@@ -259,50 +259,53 @@
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Ro-Image 2000</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Karantanija Cinemas</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Trollid 2</t>
+  </si>
+  <si>
     <t>AT,AU,CA,GB,IE,IT,NZ,US</t>
   </si>
   <si>
     <t>Quỷ Lùn Tinh Nghịch: Chuyến Lưu Diễn Thế Giới</t>
   </si>
   <si>
     <t>Troli na svetovni turneji</t>
   </si>
   <si>
     <t>Trollové: Světové turné</t>
   </si>
   <si>
     <t>Trollovia: Svetové turné</t>
   </si>
   <si>
     <t>Trolls: Maailmankiertue</t>
   </si>
   <si>
     <t>Trolls på verdensturné</t>
   </si>
   <si>
     <t>Trolls: Tour Mundial</t>
   </si>
   <si>
     <t>Trolls - Verdensturné</t>
@@ -344,53 +347,50 @@
     <t>Trolls 2</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Les Trolls 2: Tournée mondiale</t>
   </si>
   <si>
     <t>Les Trolls 2: Tournée Mondiale</t>
   </si>
   <si>
     <t>CL,CO,MX</t>
   </si>
   <si>
     <t>Trolls 2 Wolrd Tour</t>
   </si>
   <si>
     <t>Trollové 2: Světové turné</t>
   </si>
   <si>
     <t>Trolls 2 - Trolls World Tour</t>
   </si>
   <si>
     <t>Trolls 2: på verdensturné</t>
-  </si>
-[...1 lines deleted...]
-    <t>Trollid 2</t>
   </si>
   <si>
     <t>Trolls 2: Gira mundial</t>
   </si>
   <si>
     <t>Trolls 2: Maailmankiertue</t>
   </si>
   <si>
     <t>Les Trolls 2</t>
   </si>
   <si>
     <t>Les Trolls 2 : Tournée mondiale</t>
   </si>
   <si>
     <t>Trolovi 2: Svjetska turneja</t>
   </si>
   <si>
     <t>Trollok a világ körül</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>トロールズ ミュージック・パワー</t>
   </si>
@@ -1780,59 +1780,62 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B50"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="22.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="43.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
+        <v>42</v>
+      </c>
+      <c r="B2" t="s">
         <v>81</v>
       </c>
-      <c r="B2" t="s">
+    </row>
+    <row r="3" spans="1:2">
+      <c r="A3" t="s">
+        <v>82</v>
+      </c>
+      <c r="B3" t="s">
         <v>1</v>
-      </c>
-[...3 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="B5" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="B6" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="B7" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="B8" t="s">
         <v>87</v>
@@ -1852,132 +1855,129 @@
       <c r="B11" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="B12" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="B13" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="B14" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="B15" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="16" spans="1:2">
-      <c r="A16" t="s">
+      <c r="B16" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
+        <v>96</v>
+      </c>
+      <c r="B17" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>32</v>
+        <v>98</v>
       </c>
       <c r="B18" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
+        <v>32</v>
+      </c>
+      <c r="B19" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
+        <v>101</v>
+      </c>
+      <c r="B20" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
-        <v>34</v>
+        <v>103</v>
       </c>
       <c r="B21" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
+        <v>34</v>
+      </c>
+      <c r="B22" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
-        <v>37</v>
+        <v>106</v>
       </c>
       <c r="B23" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="B24" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B25" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="B26" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
         <v>44</v>
       </c>
       <c r="B27" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
         <v>45</v>
       </c>
       <c r="B28" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
         <v>47</v>
       </c>