--- v0 (2025-11-30)
+++ v1 (2026-01-12)
@@ -253,96 +253,96 @@
   <si>
     <t>Pris Audiovisuais</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Forum Film</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>CGV Mars Dağıtım</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Bijesan</t>
+  </si>
+  <si>
+    <t>Téboly</t>
+  </si>
+  <si>
+    <t>Rattiraivo</t>
+  </si>
+  <si>
     <t>AU,CA,DK,GB,IE,JP,KR,NL,NZ,SE,SG,US</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>Fuera de control</t>
   </si>
   <si>
     <t>AT,DE</t>
   </si>
   <si>
     <t>Unhinged - Außer Kontrolle</t>
   </si>
   <si>
     <t>Ненормален</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Fúria Incontrolável</t>
   </si>
   <si>
     <t>CA,FR</t>
   </si>
   <si>
     <t>Enragé</t>
   </si>
   <si>
     <t>Vyšinutý</t>
   </si>
   <si>
     <t>Unhinged: Ausser Kontrolle</t>
   </si>
   <si>
     <t>Salvaje</t>
-  </si>
-[...7 lines deleted...]
-    <t>Téboly</t>
   </si>
   <si>
     <t>Il giorno sbagliato</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>爆怒時速</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>アオラレ</t>
   </si>
   <si>
     <t>Įtūžęs</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>Fuera De Control</t>
   </si>
@@ -1569,139 +1569,139 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B25"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="34.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="25.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
+        <v>54</v>
+      </c>
+      <c r="B2" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>55</v>
+      </c>
+      <c r="B3" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>82</v>
+        <v>47</v>
       </c>
       <c r="B4" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>31</v>
+        <v>82</v>
       </c>
       <c r="B5" t="s">
-        <v>84</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="B6" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="B7" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
       <c r="B8" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>39</v>
+        <v>88</v>
       </c>
       <c r="B9" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>45</v>
+        <v>90</v>
       </c>
       <c r="B10" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>47</v>
+        <v>37</v>
       </c>
       <c r="B11" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>54</v>
+        <v>39</v>
       </c>
       <c r="B12" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>55</v>
+        <v>45</v>
       </c>
       <c r="B13" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>59</v>
       </c>
       <c r="B14" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>96</v>
       </c>
       <c r="B15" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>98</v>
       </c>