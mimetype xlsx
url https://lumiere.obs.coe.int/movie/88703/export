--- v0 (2025-11-20)
+++ v1 (2026-01-20)
@@ -127,72 +127,72 @@
   <si>
     <t>CZ</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Barnsteiner-Film</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>Zagreb Film Festival</t>
   </si>
   <si>
     <t>ME</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>PL</t>
+  </si>
+  <si>
+    <t>Tato</t>
+  </si>
+  <si>
     <t>ES,FR,HR,IT,RS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Le père</t>
   </si>
   <si>
     <t>Père (Le)</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Tėvas</t>
-  </si>
-[...4 lines deleted...]
-    <t>Tato</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Баща</t>
   </si>
   <si>
     <t>CA,GB,US</t>
   </si>
   <si>
     <t>Father</t>
   </si>
   <si>
     <t>Vater - Otac</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>爸爸可否不要老</t>
   </si>
   <si>
     <t>TR</t>
   </si>
@@ -870,72 +870,72 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B13"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.5703125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>37</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>38</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B3" t="s">
-        <v>39</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B5" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>43</v>
       </c>
       <c r="B6" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>45</v>
       </c>
       <c r="B7" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>47</v>
       </c>