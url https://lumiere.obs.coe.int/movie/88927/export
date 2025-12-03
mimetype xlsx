--- v0 (2025-11-13)
+++ v1 (2025-12-03)
@@ -1436,59 +1436,61 @@
       </c>
       <c r="D25" s="3">
         <v>141864</v>
       </c>
       <c r="E25" s="3"/>
       <c r="F25" s="3"/>
       <c r="G25" s="3">
         <v>141445</v>
       </c>
       <c r="H25" s="3">
         <v>419</v>
       </c>
       <c r="I25" s="3"/>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
         <v>69</v>
       </c>
       <c r="B26" t="s">
         <v>29</v>
       </c>
       <c r="C26">
         <v>44126</v>
       </c>
       <c r="D26" s="3">
-        <v>130</v>
+        <v>292</v>
       </c>
       <c r="E26" s="3"/>
       <c r="F26" s="3"/>
       <c r="G26" s="3"/>
       <c r="H26" s="3">
         <v>130</v>
       </c>
-      <c r="I26" s="3"/>
+      <c r="I26" s="3">
+        <v>162</v>
+      </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>70</v>
       </c>
       <c r="B27" t="s">
         <v>71</v>
       </c>
       <c r="C27">
         <v>45240</v>
       </c>
       <c r="D27" s="3">
         <v>214</v>
       </c>
       <c r="E27" s="3"/>
       <c r="F27" s="3"/>
       <c r="G27" s="3"/>
       <c r="H27" s="3"/>
       <c r="I27" s="3">
         <v>214</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
         <v>72</v>