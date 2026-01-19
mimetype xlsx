--- v0 (2025-12-30)
+++ v1 (2026-01-19)
@@ -112,87 +112,87 @@
   <si>
     <t>IS</t>
   </si>
   <si>
     <t>Sena</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>20th Century Fox/Theatrical Film Distribution</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>TME Films</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AU,CA,DE,FR,GB,IE,IT,MX,NL,NZ,PT,SE,US</t>
+  </si>
+  <si>
+    <t>AR,MX</t>
+  </si>
+  <si>
+    <t>Cuesta abajo</t>
+  </si>
+  <si>
+    <t>ES</t>
+  </si>
+  <si>
+    <t>Un desastre de altura</t>
+  </si>
+  <si>
+    <t>HU</t>
+  </si>
+  <si>
+    <t>Lejtmenet</t>
+  </si>
+  <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>ダウンヒル</t>
+  </si>
+  <si>
+    <t>Lavina</t>
+  </si>
+  <si>
+    <t>PL</t>
+  </si>
+  <si>
+    <t>Zjazd</t>
+  </si>
+  <si>
     <t>Yokuş Aşağı</t>
-  </si>
-[...34 lines deleted...]
-    <t>Zjazd</t>
   </si>
   <si>
     <t>Force Majeure</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Ακραίες καταστάσεις</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Под откос</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
@@ -802,107 +802,107 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B12"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="36.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="22" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="B2" t="s">
-        <v>32</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>33</v>
       </c>
       <c r="B3" t="s">
-        <v>1</v>
+        <v>34</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B4" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B5" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>40</v>
+        <v>26</v>
       </c>
       <c r="B7" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B8" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>43</v>
+        <v>28</v>
       </c>
       <c r="B9" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="B10" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>46</v>
       </c>
       <c r="B11" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>48</v>
       </c>
       <c r="B12" t="s">
         <v>49</v>
       </c>