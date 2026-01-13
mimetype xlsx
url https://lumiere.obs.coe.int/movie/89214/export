--- v0 (2025-12-03)
+++ v1 (2026-01-13)
@@ -118,90 +118,90 @@
   <si>
     <t>Mubi</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Vertigo</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Kino Aljansas</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>BE,CA,FR</t>
+  </si>
+  <si>
+    <t>L'Autre Agneau</t>
+  </si>
+  <si>
+    <t>AU,CA,DE,ES,GB,IE,IT,SG,US</t>
+  </si>
+  <si>
+    <t>Diğer İsa</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>O Rebanho</t>
+  </si>
+  <si>
+    <t>Další jehňátko</t>
+  </si>
+  <si>
+    <t>A másik bárány</t>
+  </si>
+  <si>
+    <t>PL</t>
+  </si>
+  <si>
+    <t>Córka boga</t>
+  </si>
+  <si>
     <t>TR</t>
   </si>
   <si>
     <t>Öteki Kuzu</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Інакше ягня</t>
-  </si>
-[...28 lines deleted...]
-    <t>Córka boga</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Ο άλλος αμνός</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Приди ко мне</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -858,93 +858,93 @@
     <col min="1" max="1" width="25" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="15" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>34</v>
       </c>
       <c r="B2" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>36</v>
       </c>
       <c r="B3" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="4" spans="1:2">
+      <c r="B4" t="s">
         <v>37</v>
-      </c>
-[...6 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
+        <v>38</v>
+      </c>
+      <c r="B5" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="6" spans="1:2">
+      <c r="A6" t="s">
+        <v>21</v>
+      </c>
+      <c r="B6" t="s">
         <v>40</v>
-      </c>
-[...6 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B7" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="B8" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B9" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>46</v>
       </c>
       <c r="B10" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>48</v>
       </c>
       <c r="B11" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>50</v>
       </c>