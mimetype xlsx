--- v0 (2025-11-23)
+++ v1 (2025-12-14)
@@ -259,99 +259,99 @@
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Lucky Dogs AB</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>CJ ENM MEDYA FİLM YAPIM VE DAĞITIM A.Ş.</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Epa! Cadê o Noé? 2</t>
+  </si>
+  <si>
     <t>IE,NZ</t>
   </si>
   <si>
     <t>Two by Two: Overboard!</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>ワールドエンド！ フィニーとノアの箱舟 2つ</t>
   </si>
   <si>
     <t>Ooops 2! Finny wou bass de?</t>
   </si>
   <si>
     <t>SG</t>
   </si>
   <si>
     <t>Ooops! Sevimli Tayfa</t>
   </si>
   <si>
     <t>CN</t>
   </si>
   <si>
     <t>诺亚方舟漂流记2</t>
   </si>
   <si>
     <t>Upsss! 2 - A Aventura Continua</t>
   </si>
   <si>
     <t>Hurra! Land i sikte</t>
   </si>
   <si>
     <t>Oeps§</t>
   </si>
   <si>
     <t>Ooops 2</t>
   </si>
   <si>
     <t>AT,DE</t>
   </si>
   <si>
     <t>Ooops! 2 - Land in Sicht</t>
-  </si>
-[...4 lines deleted...]
-    <t>Epa! Cadê o Noé? 2</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>Uuups! Tierra a la vista</t>
   </si>
   <si>
     <t>CZ</t>
   </si>
   <si>
     <t>Uuups! Dobrodružství pokračuje...</t>
   </si>
   <si>
     <t>Uuups! Dyr over bord...</t>
   </si>
   <si>
     <t>¡Ups! ¿Ahora dónde está Noé?</t>
   </si>
   <si>
     <t>¡Upsss 2! ¿Y ahora dónde está Noé?</t>
   </si>
   <si>
     <t>¡Upsss! 2 ¿Y ahora dónde está Noé?</t>
   </si>
@@ -1612,113 +1612,113 @@
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>81</v>
       </c>
       <c r="B2" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>83</v>
       </c>
       <c r="B3" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>62</v>
+        <v>85</v>
       </c>
       <c r="B4" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>86</v>
+        <v>62</v>
       </c>
       <c r="B5" t="s">
-        <v>1</v>
+        <v>87</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>77</v>
+        <v>88</v>
       </c>
       <c r="B6" t="s">
-        <v>87</v>
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>88</v>
+        <v>77</v>
       </c>
       <c r="B7" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>71</v>
+        <v>90</v>
       </c>
       <c r="B8" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="B9" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
+        <v>74</v>
+      </c>
+      <c r="B10" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="11" spans="1:2">
+      <c r="A11" t="s">
         <v>30</v>
       </c>
-      <c r="B10" t="s">
-[...3 lines deleted...]
-    <row r="11" spans="1:2">
       <c r="B11" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="12" spans="1:2">
-      <c r="A12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B12" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>96</v>
       </c>
       <c r="B13" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>98</v>
       </c>
       <c r="B14" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>100</v>
       </c>
       <c r="B15" t="s">