--- v0 (2025-12-16)
+++ v1 (2026-02-02)
@@ -133,72 +133,72 @@
   <si>
     <t>Flamingo Films</t>
   </si>
   <si>
     <t>Jour2Fête</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Institut français</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Filmtopia</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>DE,FR,HK,NL</t>
+  </si>
+  <si>
+    <t>CN</t>
+  </si>
+  <si>
+    <t>南法撩妹记</t>
+  </si>
+  <si>
+    <t>CA,GB,IT,US</t>
+  </si>
+  <si>
+    <t>All Hands on Deck</t>
+  </si>
+  <si>
+    <t>Na palubu!</t>
+  </si>
+  <si>
     <t>¡Al abordaje!</t>
   </si>
   <si>
     <t>Al abordaje</t>
-  </si>
-[...16 lines deleted...]
-    <t>Na palubu!</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>みんなのヴァカンス</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Wszystkie ręce na pokład</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Herkes İş Başına</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Πρόσω ολοταχώς</t>
   </si>
@@ -904,91 +904,91 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B12"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="23.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="B2" t="s">
-        <v>39</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="B3" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B4" t="s">
-        <v>1</v>
+        <v>43</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>42</v>
+        <v>28</v>
       </c>
       <c r="B5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>44</v>
+        <v>30</v>
       </c>
       <c r="B6" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B7" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>47</v>
       </c>
       <c r="B8" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>49</v>
       </c>
       <c r="B9" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>51</v>
       </c>