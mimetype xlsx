--- v0 (2025-12-05)
+++ v1 (2026-01-15)
@@ -112,96 +112,96 @@
   <si>
     <t>1997</t>
   </si>
   <si>
     <t>1998</t>
   </si>
   <si>
     <t>2002</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>HU</t>
+  </si>
+  <si>
+    <t>Tom és Jerry - A moziban</t>
+  </si>
+  <si>
+    <t>FR</t>
+  </si>
+  <si>
+    <t>Tom et Jerry: Le Film</t>
+  </si>
+  <si>
+    <t>PL</t>
+  </si>
+  <si>
+    <t>Tom i Jerry - Ale kino</t>
+  </si>
+  <si>
+    <t>IT</t>
+  </si>
+  <si>
+    <t>Tom &amp; Jerry: Il film</t>
+  </si>
+  <si>
+    <t>Tom og Jerry som redningsmænd</t>
+  </si>
+  <si>
+    <t>RO</t>
+  </si>
+  <si>
+    <t>Tom si Jerry - filmul</t>
+  </si>
+  <si>
+    <t>TR</t>
+  </si>
+  <si>
+    <t>Tom ve Jerry Filmi</t>
+  </si>
+  <si>
+    <t>Tom y Jerry - La pelicula</t>
+  </si>
+  <si>
     <t>ES,MX</t>
   </si>
   <si>
     <t>Tom y Jerry: La película</t>
-  </si>
-[...40 lines deleted...]
-    <t>Tom y Jerry - La pelicula</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Том и Джерри: Фильм</t>
   </si>
   <si>
     <t>AR,CL,ES,MX</t>
   </si>
   <si>
     <t>Tom y Jerry: La Gran Evasión</t>
   </si>
   <si>
     <t>AU,CA,GB,JP,US</t>
   </si>
   <si>
     <t>Tom and Jerry: The Movie</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Tom e Jerry: A Grande Fuga</t>
   </si>
@@ -910,116 +910,116 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B38"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="14.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="36.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
-      <c r="A2" t="s">
+      <c r="B2" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2">
+      <c r="A3" t="s">
         <v>32</v>
       </c>
-      <c r="B2" t="s">
+      <c r="B3" t="s">
         <v>33</v>
-      </c>
-[...3 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>34</v>
       </c>
       <c r="B4" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>36</v>
       </c>
       <c r="B5" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>38</v>
       </c>
       <c r="B6" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="7" spans="1:2">
-      <c r="A7" t="s">
+      <c r="B7" t="s">
         <v>40</v>
       </c>
-      <c r="B7" t="s">
+    </row>
+    <row r="8" spans="1:2">
+      <c r="A8" t="s">
         <v>41</v>
       </c>
-    </row>
-    <row r="8" spans="1:2">
       <c r="B8" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>43</v>
       </c>
       <c r="B9" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="10" spans="1:2">
-      <c r="A10" t="s">
+      <c r="B10" t="s">
         <v>45</v>
       </c>
-      <c r="B10" t="s">
+    </row>
+    <row r="11" spans="1:2">
+      <c r="A11" t="s">
         <v>46</v>
       </c>
-    </row>
-    <row r="11" spans="1:2">
       <c r="B11" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>48</v>
       </c>
       <c r="B12" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>50</v>
       </c>
       <c r="B13" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>52</v>
       </c>
       <c r="B14" t="s">
@@ -1062,155 +1062,155 @@
       <c r="A19" t="s">
         <v>27</v>
       </c>
       <c r="B19" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>62</v>
       </c>
       <c r="B20" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>64</v>
       </c>
       <c r="B21" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="B22" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>67</v>
       </c>
       <c r="B23" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="B24" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="B25" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>71</v>
       </c>
       <c r="B26" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
         <v>71</v>
       </c>
       <c r="B27" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
         <v>29</v>
       </c>
       <c r="B28" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
         <v>75</v>
       </c>
       <c r="B29" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="B30" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="B31" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="B32" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="A33" t="s">
         <v>80</v>
       </c>
       <c r="B33" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="34" spans="1:2">
       <c r="A34" t="s">
         <v>82</v>
       </c>
       <c r="B34" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="35" spans="1:2">
       <c r="A35" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="B35" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="36" spans="1:2">
       <c r="A36" t="s">
         <v>64</v>
       </c>
       <c r="B36" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="37" spans="1:2">
       <c r="A37" t="s">
         <v>48</v>
       </c>
       <c r="B37" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="38" spans="1:2">
       <c r="A38" t="s">
         <v>87</v>
       </c>