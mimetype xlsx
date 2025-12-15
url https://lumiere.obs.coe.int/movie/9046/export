--- v0 (2025-11-20)
+++ v1 (2025-12-15)
@@ -238,147 +238,147 @@
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Park Circus</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Risi Film</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Ponti</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AR,AU,CA,DK,FR,IT,PL,SE,US</t>
+  </si>
+  <si>
+    <t>GR</t>
+  </si>
+  <si>
+    <t>Poulimeni ap' ti mitera tis</t>
+  </si>
+  <si>
+    <t>Πουλημένη από τη μητέρα της</t>
+  </si>
+  <si>
+    <t>AT,DE</t>
+  </si>
+  <si>
+    <t>Das Lied der Straße</t>
+  </si>
+  <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Пътят</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>A Estrada da Vida</t>
+  </si>
+  <si>
+    <t>Na Estrada da Vida</t>
+  </si>
+  <si>
+    <t>CA,FI,GB</t>
+  </si>
+  <si>
+    <t>La Strada</t>
+  </si>
+  <si>
+    <t>Silnice</t>
+  </si>
+  <si>
+    <t>DE</t>
+  </si>
+  <si>
+    <t>La Strada - Das Lied der Straße</t>
+  </si>
+  <si>
+    <t>La estrada</t>
+  </si>
+  <si>
+    <t>FI</t>
+  </si>
+  <si>
+    <t>Vägen</t>
+  </si>
+  <si>
+    <t>Tie</t>
+  </si>
+  <si>
+    <t>GE</t>
+  </si>
+  <si>
+    <t>Gza</t>
+  </si>
+  <si>
+    <t>HK</t>
+  </si>
+  <si>
+    <t>大路</t>
+  </si>
+  <si>
+    <t>HR,SI</t>
+  </si>
+  <si>
+    <t>Cesta</t>
+  </si>
+  <si>
+    <t>HU</t>
+  </si>
+  <si>
+    <t>Országúton</t>
+  </si>
+  <si>
     <t>JP</t>
   </si>
   <si>
     <t>道</t>
   </si>
   <si>
     <t>Michi</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Kelias</t>
-  </si>
-[...82 lines deleted...]
-    <t>Országúton</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>La calle</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Landeveien</t>
   </si>
   <si>
     <t>A Estrada</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Ulica</t>
   </si>
   <si>
     <t>SE</t>
   </si>
@@ -1807,192 +1807,192 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B31"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="25.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="29" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>74</v>
       </c>
       <c r="B2" t="s">
-        <v>75</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B3" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
+        <v>75</v>
+      </c>
+      <c r="B4" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
+        <v>78</v>
+      </c>
+      <c r="B5" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>80</v>
       </c>
       <c r="B6" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="B7" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="B8" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>85</v>
       </c>
       <c r="B9" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
+        <v>54</v>
+      </c>
+      <c r="B10" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B11" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
+        <v>56</v>
+      </c>
+      <c r="B12" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>54</v>
+        <v>91</v>
       </c>
       <c r="B13" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
+        <v>91</v>
+      </c>
+      <c r="B14" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>56</v>
+        <v>94</v>
       </c>
       <c r="B15" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>96</v>
       </c>
       <c r="B16" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="B17" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B18" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B19" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="B20" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>105</v>
       </c>
       <c r="B21" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>107</v>
       </c>
       <c r="B22" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>109</v>
       </c>
@@ -2012,59 +2012,59 @@
       <c r="A25" t="s">
         <v>112</v>
       </c>
       <c r="B25" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>114</v>
       </c>
       <c r="B26" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
         <v>116</v>
       </c>
       <c r="B27" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="B28" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="B29" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
         <v>120</v>
       </c>
       <c r="B30" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
         <v>122</v>
       </c>
       <c r="B31" t="s">
         <v>123</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>