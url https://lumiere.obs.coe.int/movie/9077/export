--- v0 (2025-11-14)
+++ v1 (2026-01-14)
@@ -142,81 +142,81 @@
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>El cuento de los cuentos</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Tale of Tales</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Das Märchen der Märchen</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Satujen satu</t>
   </si>
   <si>
+    <t>SE</t>
+  </si>
+  <si>
+    <t>Bilder ur en barndom</t>
+  </si>
+  <si>
     <t>GR</t>
   </si>
   <si>
     <t>Η μεγαλύτερη ιστορία του κόσμου</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Il racconto dei racconti</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Pasakų pasaka</t>
   </si>
   <si>
     <t>Bajka nad bajkami</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>O Conto dos Contos</t>
-  </si>
-[...4 lines deleted...]
-    <t>Bilder ur en barndom</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Казка казок</t>
   </si>
   <si>
     <t>Pridet serenkiy volchok</t>
   </si>
   <si>
     <t>RU,SU</t>
   </si>
   <si>
     <t>Сказка сказок</t>
   </si>
   <si>
     <t>BY</t>
   </si>
   <si>
     <t>Казка казак</t>
   </si>
   <si>
     <t>قصه قصه ها</t>
   </si>
@@ -917,59 +917,59 @@
       <c r="A10" t="s">
         <v>42</v>
       </c>
       <c r="B10" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>44</v>
       </c>
       <c r="B11" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>46</v>
       </c>
       <c r="B12" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>26</v>
+        <v>48</v>
       </c>
       <c r="B13" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>49</v>
+        <v>26</v>
       </c>
       <c r="B14" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>51</v>
       </c>
       <c r="B15" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>53</v>
       </c>
       <c r="B16" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>6</v>
       </c>