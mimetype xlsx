--- v0 (2025-11-21)
+++ v1 (2026-02-01)
@@ -14,51 +14,51 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Metadata" sheetId="1" r:id="rId1"/>
     <sheet name="Admissions" sheetId="2" r:id="rId2"/>
     <sheet name="Titles" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="110" uniqueCount="89">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="90">
   <si>
     <t>Original title</t>
   </si>
   <si>
     <t>Dune</t>
   </si>
   <si>
     <t>Director(s)</t>
   </si>
   <si>
     <t>Denis Villeneuve</t>
   </si>
   <si>
     <t>Production year</t>
   </si>
   <si>
     <t>Producing or Co-producing countries</t>
   </si>
   <si>
     <t>US, CA</t>
   </si>
   <si>
     <t>IMDb link</t>
   </si>
   <si>
@@ -218,50 +218,53 @@
     <t>ME</t>
   </si>
   <si>
     <t>MK</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Lionsgate</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Cinemundo</t>
   </si>
   <si>
     <t>RO</t>
+  </si>
+  <si>
+    <t>RS</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Svensk Filmindustri</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Continental Film</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Derin Film/Warner Bros.</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
@@ -742,51 +745,51 @@
         <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" s="1" t="s">
         <v>15</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>16</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B5" r:id="rId1"/>
     <hyperlink ref="B6" r:id="rId2"/>
     <hyperlink ref="B7" r:id="rId3"/>
     <hyperlink ref="B8" r:id="rId4"/>
     <hyperlink ref="B9" r:id="rId5"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H37"/>
+  <dimension ref="A1:H38"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="10.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="22.42578125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="14.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="9" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="7" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="5" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="7" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>17</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>18</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>19</v>
       </c>
@@ -1497,265 +1500,285 @@
         <v>67</v>
       </c>
       <c r="B31" t="s">
         <v>36</v>
       </c>
       <c r="C31">
         <v>44491</v>
       </c>
       <c r="D31" s="3">
         <v>185070</v>
       </c>
       <c r="E31" s="3">
         <v>168857</v>
       </c>
       <c r="F31" s="3">
         <v>16213</v>
       </c>
       <c r="G31" s="3"/>
       <c r="H31" s="3"/>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>68</v>
       </c>
       <c r="B32" t="s">
-        <v>69</v>
+        <v>28</v>
       </c>
       <c r="C32">
-        <v>44448</v>
+        <v>45330</v>
       </c>
       <c r="D32" s="3">
-        <v>5033</v>
+        <v>4181</v>
       </c>
       <c r="E32" s="3"/>
       <c r="F32" s="3"/>
       <c r="G32" s="3"/>
       <c r="H32" s="3">
-        <v>5033</v>
+        <v>4181</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
+        <v>69</v>
+      </c>
+      <c r="B33" t="s">
         <v>70</v>
       </c>
-      <c r="B33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33">
-        <v>44490</v>
+        <v>44448</v>
       </c>
       <c r="D33" s="3">
-        <v>25756</v>
-[...6 lines deleted...]
-      </c>
+        <v>5033</v>
+      </c>
+      <c r="E33" s="3"/>
+      <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3">
-        <v>1256</v>
+        <v>5033</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
-        <v>72</v>
+        <v>28</v>
       </c>
       <c r="C34">
         <v>44490</v>
       </c>
       <c r="D34" s="3">
-        <v>87561</v>
+        <v>25756</v>
       </c>
       <c r="E34" s="3">
-        <v>81197</v>
+        <v>24245</v>
       </c>
       <c r="F34" s="3">
-        <v>2481</v>
+        <v>255</v>
       </c>
       <c r="G34" s="3"/>
       <c r="H34" s="3">
-        <v>3883</v>
+        <v>1256</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
+        <v>72</v>
+      </c>
+      <c r="B35" t="s">
         <v>73</v>
       </c>
-      <c r="B35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35">
-        <v>44491</v>
+        <v>44490</v>
       </c>
       <c r="D35" s="3">
-        <v>627756</v>
+        <v>87561</v>
       </c>
       <c r="E35" s="3">
-        <v>610601</v>
+        <v>81197</v>
       </c>
       <c r="F35" s="3">
-        <v>5645</v>
+        <v>2481</v>
       </c>
       <c r="G35" s="3"/>
       <c r="H35" s="3">
-        <v>11510</v>
+        <v>3883</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
+        <v>74</v>
+      </c>
+      <c r="B36" t="s">
         <v>75</v>
       </c>
+      <c r="C36">
+        <v>44491</v>
+      </c>
       <c r="D36" s="3">
-        <v>14829865</v>
+        <v>627756</v>
       </c>
       <c r="E36" s="3">
-        <v>14235044</v>
+        <v>610601</v>
       </c>
       <c r="F36" s="3">
-        <v>181190</v>
-[...3 lines deleted...]
-      </c>
+        <v>5645</v>
+      </c>
+      <c r="G36" s="3"/>
       <c r="H36" s="3">
-        <v>406724</v>
+        <v>11510</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>76</v>
       </c>
       <c r="D37" s="3">
+        <v>14829865</v>
+      </c>
+      <c r="E37" s="3">
+        <v>14235044</v>
+      </c>
+      <c r="F37" s="3">
+        <v>181190</v>
+      </c>
+      <c r="G37" s="3">
+        <v>6907</v>
+      </c>
+      <c r="H37" s="3">
+        <v>406724</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8">
+      <c r="A38" t="s">
+        <v>77</v>
+      </c>
+      <c r="D38" s="3">
         <v>15939596</v>
       </c>
-      <c r="E37" s="3">
+      <c r="E38" s="3">
         <v>15305486</v>
       </c>
-      <c r="F37" s="3">
+      <c r="F38" s="3">
         <v>190727</v>
       </c>
-      <c r="G37" s="3">
+      <c r="G38" s="3">
         <v>7046</v>
       </c>
-      <c r="H37" s="3">
+      <c r="H38" s="3">
         <v>436337</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="12.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="B2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="B3" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="B5" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="B6" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="B7" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="B8" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="B9" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="B10" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="B11" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="B12" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="B13" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="B14" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Metadata</vt:lpstr>