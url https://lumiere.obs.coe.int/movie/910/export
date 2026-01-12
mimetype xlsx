--- v0 (2025-12-10)
+++ v1 (2026-01-12)
@@ -100,99 +100,99 @@
   <si>
     <t>Distributor</t>
   </si>
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 1996</t>
   </si>
   <si>
     <t>1996</t>
   </si>
   <si>
     <t>1997</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>HU</t>
+  </si>
+  <si>
+    <t>Zűrös manus</t>
+  </si>
+  <si>
     <t>CA,DE,DK,FR,GB,SG,US</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Klopoty z facetami</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Man Trouble - Auf den Hund gekommen</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>O Cão de Guarda</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Vagthund søges</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Ella nunca se niega</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Koirat karvoissaan</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>O prostatis</t>
-  </si>
-[...4 lines deleted...]
-    <t>Zűrös manus</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>La gatta e la volpe</t>
   </si>
   <si>
     <t>Kłopoty z facetami</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Ela Nunca Se Nega</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Nevolje sa muškarcima</t>
   </si>
   <si>
     <t>SE</t>
   </si>
@@ -766,59 +766,59 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B18"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="36.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>28</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B3" t="s">
-        <v>30</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>31</v>
       </c>
       <c r="B4" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>33</v>
       </c>
       <c r="B5" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>35</v>
       </c>
       <c r="B6" t="s">
         <v>36</v>
       </c>
@@ -843,91 +843,91 @@
       <c r="A9" t="s">
         <v>41</v>
       </c>
       <c r="B9" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>43</v>
       </c>
       <c r="B10" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>45</v>
       </c>
       <c r="B11" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B12" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>48</v>
       </c>
       <c r="B13" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>50</v>
       </c>
       <c r="B14" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>52</v>
       </c>
       <c r="B15" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>54</v>
       </c>
       <c r="B16" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B17" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>57</v>
       </c>
       <c r="B18" t="s">
         <v>58</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">