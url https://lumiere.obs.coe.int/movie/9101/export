--- v0 (2025-12-08)
+++ v1 (2026-01-18)
@@ -109,78 +109,78 @@
   <si>
     <t>1998</t>
   </si>
   <si>
     <t>1999</t>
   </si>
   <si>
     <t>2000</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>ES</t>
+  </si>
+  <si>
+    <t>Arma letal 2</t>
+  </si>
+  <si>
     <t>TR</t>
   </si>
   <si>
     <t>Cehennem silahi 2</t>
   </si>
   <si>
     <t>CZ,SK</t>
   </si>
   <si>
     <t>Smrtonosná zbraň 2</t>
   </si>
   <si>
     <t>AU,CA,GB,KR,NL,US</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Lethal Weapon 2 - Brennpunkt L.A.</t>
   </si>
   <si>
     <t>Dødbringende våben 2</t>
-  </si>
-[...4 lines deleted...]
-    <t>Arma letal 2</t>
   </si>
   <si>
     <t>FI,SE</t>
   </si>
   <si>
     <t>Dödligt vapen 2</t>
   </si>
   <si>
     <t>AR,MX</t>
   </si>
   <si>
     <t>Arma mortal 2</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Смъртоносно оръжие 2</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Máquina Mortífera 2</t>
   </si>
@@ -919,72 +919,72 @@
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>31</v>
       </c>
       <c r="B2" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>33</v>
       </c>
       <c r="B3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>35</v>
       </c>
       <c r="B4" t="s">
-        <v>1</v>
+        <v>36</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B5" t="s">
-        <v>37</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="B6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>39</v>
+        <v>26</v>
       </c>
       <c r="B7" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>41</v>
       </c>
       <c r="B8" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>43</v>
       </c>
       <c r="B9" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>45</v>
       </c>
@@ -1108,51 +1108,51 @@
       <c r="A25" t="s">
         <v>74</v>
       </c>
       <c r="B25" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>76</v>
       </c>
       <c r="B26" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
         <v>78</v>
       </c>
       <c r="B27" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="B28" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
         <v>6</v>
       </c>
       <c r="B29" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="B30" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="B31" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="B32" t="s">