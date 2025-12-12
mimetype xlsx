--- v0 (2025-11-19)
+++ v1 (2025-12-12)
@@ -109,50 +109,56 @@
   <si>
     <t>1996</t>
   </si>
   <si>
     <t>1998</t>
   </si>
   <si>
     <t>2001</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>EE</t>
+  </si>
+  <si>
+    <t>Surmarelv 3</t>
+  </si>
+  <si>
     <t>AU,CA,GB,NL,US</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Cehennem Silahi 3</t>
   </si>
   <si>
     <t>CZ</t>
   </si>
   <si>
     <t>Smrtonosná zbran 3</t>
   </si>
   <si>
     <t>AR,MX,VE</t>
   </si>
   <si>
     <t>Arma mortal 3</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Смъртоносно оръжие 3</t>
@@ -164,56 +170,50 @@
     <t>Máquina Mortífera 3</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>L'arme fatale 3</t>
   </si>
   <si>
     <t>CZ,SK</t>
   </si>
   <si>
     <t>Smrtonosná zbraň 3</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Brennpunkt L.A. - Die Profis sind zurück</t>
   </si>
   <si>
     <t>Lethal Weapon 3: Die Profis sind zurück</t>
   </si>
   <si>
     <t>Dødbringende våben 3</t>
-  </si>
-[...4 lines deleted...]
-    <t>Surmarelv 3</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Arma letal 3</t>
   </si>
   <si>
     <t>FI,SE</t>
   </si>
   <si>
     <t>Dödligt vapen 3</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Tappava ase 3</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>L'Arme fatale 3</t>
   </si>
@@ -900,59 +900,59 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B34"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="15.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>31</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>32</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B3" t="s">
-        <v>33</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>34</v>
       </c>
       <c r="B4" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>36</v>
       </c>
       <c r="B5" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>38</v>
       </c>
       <c r="B6" t="s">
         <v>39</v>
       </c>
@@ -969,67 +969,67 @@
       <c r="A8" t="s">
         <v>42</v>
       </c>
       <c r="B8" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>44</v>
       </c>
       <c r="B9" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>46</v>
       </c>
       <c r="B10" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="B11" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>26</v>
+        <v>48</v>
       </c>
       <c r="B12" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>50</v>
+        <v>26</v>
       </c>
       <c r="B13" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>52</v>
       </c>
       <c r="B14" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>54</v>
       </c>
       <c r="B15" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>56</v>
       </c>
@@ -1137,51 +1137,51 @@
       <c r="A29" t="s">
         <v>28</v>
       </c>
       <c r="B29" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
         <v>82</v>
       </c>
       <c r="B30" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
         <v>84</v>
       </c>
       <c r="B31" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B32" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="A33" t="s">
         <v>87</v>
       </c>
       <c r="B33" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="34" spans="1:2">
       <c r="A34" t="s">
         <v>89</v>
       </c>
       <c r="B34" t="s">
         <v>90</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>