--- v0 (2025-11-21)
+++ v1 (2026-01-22)
@@ -109,84 +109,84 @@
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>Vertigo</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Temporary Import Filme</t>
   </si>
   <si>
     <t>Memento Films</t>
   </si>
   <si>
     <t>LU</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>GB,NO,US</t>
+  </si>
+  <si>
+    <t>Enormous</t>
+  </si>
+  <si>
     <t>CA,FR,IT,MX</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Огромна</t>
   </si>
   <si>
     <t>BR,CA,ES</t>
   </si>
   <si>
     <t>Enorme</t>
   </si>
   <si>
     <t>CZ</t>
   </si>
   <si>
     <t>Nadměrná Velikost</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Einfach Enorm</t>
   </si>
   <si>
     <t>Enorm</t>
-  </si>
-[...4 lines deleted...]
-    <t>Enormous</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>奥様は妊娠中</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Ogromny</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Kocaman</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Хочу ребёнка</t>
   </si>
@@ -785,96 +785,96 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B12"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="18.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>31</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>32</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B3" t="s">
-        <v>33</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>34</v>
       </c>
       <c r="B4" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>36</v>
       </c>
       <c r="B5" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>38</v>
       </c>
       <c r="B6" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B7" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B8" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>43</v>
       </c>
       <c r="B9" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>45</v>
       </c>
       <c r="B10" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>47</v>
       </c>