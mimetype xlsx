--- v0 (2025-12-10)
+++ v1 (2026-02-09)
@@ -812,64 +812,64 @@
       <c r="C2">
         <v>44946</v>
       </c>
       <c r="D2" s="3">
         <v>7072</v>
       </c>
       <c r="E2" s="3"/>
       <c r="F2" s="3"/>
       <c r="G2" s="3"/>
       <c r="H2" s="3">
         <v>7072</v>
       </c>
       <c r="I2" s="3"/>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>26</v>
       </c>
       <c r="B3" t="s">
         <v>27</v>
       </c>
       <c r="C3">
         <v>44496</v>
       </c>
       <c r="D3" s="3">
-        <v>19245</v>
+        <v>19891</v>
       </c>
       <c r="E3" s="3"/>
       <c r="F3" s="3">
         <v>6752</v>
       </c>
       <c r="G3" s="3">
         <v>3473</v>
       </c>
       <c r="H3" s="3">
         <v>7895</v>
       </c>
       <c r="I3" s="3">
-        <v>1125</v>
+        <v>1771</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>28</v>
       </c>
       <c r="B4" t="s">
         <v>29</v>
       </c>
       <c r="D4" s="3">
         <v>348</v>
       </c>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
       <c r="G4" s="3">
         <v>348</v>
       </c>
       <c r="H4" s="3"/>
       <c r="I4" s="3"/>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>30</v>
       </c>
       <c r="B5" t="s">
@@ -909,61 +909,63 @@
         <v>13020</v>
       </c>
       <c r="E6" s="3"/>
       <c r="F6" s="3"/>
       <c r="G6" s="3">
         <v>654</v>
       </c>
       <c r="H6" s="3">
         <v>6048</v>
       </c>
       <c r="I6" s="3">
         <v>6318</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
         <v>34</v>
       </c>
       <c r="B7" t="s">
         <v>35</v>
       </c>
       <c r="C7">
         <v>44672</v>
       </c>
       <c r="D7" s="3">
-        <v>4987</v>
+        <v>8991</v>
       </c>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="3">
         <v>2560</v>
       </c>
       <c r="H7" s="3">
         <v>2427</v>
       </c>
-      <c r="I7" s="3"/>
+      <c r="I7" s="3">
+        <v>4004</v>
+      </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
         <v>36</v>
       </c>
       <c r="B8" t="s">
         <v>37</v>
       </c>
       <c r="C8">
         <v>44526</v>
       </c>
       <c r="D8" s="3">
         <v>1992</v>
       </c>
       <c r="E8" s="3"/>
       <c r="F8" s="3">
         <v>851</v>
       </c>
       <c r="G8" s="3">
         <v>983</v>
       </c>
       <c r="H8" s="3">
         <v>59</v>
       </c>
       <c r="I8" s="3">
@@ -1113,50 +1115,53 @@
       <c r="I14" s="3">
         <v>1200</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
         <v>49</v>
       </c>
       <c r="D15" s="3">
         <v>177</v>
       </c>
       <c r="E15" s="3"/>
       <c r="F15" s="3">
         <v>177</v>
       </c>
       <c r="G15" s="3"/>
       <c r="H15" s="3"/>
       <c r="I15" s="3"/>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
         <v>50</v>
       </c>
       <c r="B16" t="s">
         <v>51</v>
+      </c>
+      <c r="C16">
+        <v>45589</v>
       </c>
       <c r="D16" s="3">
         <v>597</v>
       </c>
       <c r="E16" s="3"/>
       <c r="F16" s="3"/>
       <c r="G16" s="3"/>
       <c r="H16" s="3"/>
       <c r="I16" s="3">
         <v>597</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
         <v>52</v>
       </c>
       <c r="B17" t="s">
         <v>53</v>
       </c>
       <c r="C17">
         <v>44587</v>
       </c>
       <c r="D17" s="3">
         <v>5284</v>
       </c>
@@ -1186,63 +1191,65 @@
         <v>22710</v>
       </c>
       <c r="E18" s="3"/>
       <c r="F18" s="3">
         <v>961</v>
       </c>
       <c r="G18" s="3">
         <v>21395</v>
       </c>
       <c r="H18" s="3">
         <v>354</v>
       </c>
       <c r="I18" s="3"/>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
         <v>56</v>
       </c>
       <c r="B19" t="s">
         <v>57</v>
       </c>
       <c r="C19">
         <v>44197</v>
       </c>
       <c r="D19" s="3">
-        <v>45338</v>
+        <v>55078</v>
       </c>
       <c r="E19" s="3"/>
       <c r="F19" s="3">
         <v>1577</v>
       </c>
       <c r="G19" s="3">
         <v>32914</v>
       </c>
       <c r="H19" s="3">
         <v>10847</v>
       </c>
-      <c r="I19" s="3"/>
+      <c r="I19" s="3">
+        <v>9740</v>
+      </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
         <v>58</v>
       </c>
       <c r="B20" t="s">
         <v>59</v>
       </c>
       <c r="C20">
         <v>44659</v>
       </c>
       <c r="D20" s="3">
         <v>1571</v>
       </c>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3">
         <v>1553</v>
       </c>
       <c r="H20" s="3"/>
       <c r="I20" s="3">
         <v>18</v>
       </c>
     </row>
     <row r="21" spans="1:9">
@@ -1253,89 +1260,89 @@
         <v>31</v>
       </c>
       <c r="C21">
         <v>44637</v>
       </c>
       <c r="D21" s="3">
         <v>19054</v>
       </c>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3">
         <v>16479</v>
       </c>
       <c r="H21" s="3">
         <v>1926</v>
       </c>
       <c r="I21" s="3">
         <v>649</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
         <v>61</v>
       </c>
       <c r="D22" s="3">
-        <v>469322</v>
+        <v>483712</v>
       </c>
       <c r="E22" s="3">
         <v>331</v>
       </c>
       <c r="F22" s="3">
         <v>185939</v>
       </c>
       <c r="G22" s="3">
         <v>193391</v>
       </c>
       <c r="H22" s="3">
         <v>76212</v>
       </c>
       <c r="I22" s="3">
-        <v>13449</v>
+        <v>27839</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
         <v>62</v>
       </c>
       <c r="D23" s="3">
-        <v>492977</v>
+        <v>507367</v>
       </c>
       <c r="E23" s="3">
         <v>331</v>
       </c>
       <c r="F23" s="3">
         <v>186900</v>
       </c>
       <c r="G23" s="3">
         <v>215134</v>
       </c>
       <c r="H23" s="3">
         <v>76566</v>
       </c>
       <c r="I23" s="3">
-        <v>14046</v>
+        <v>28436</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B21"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="14.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="40.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>