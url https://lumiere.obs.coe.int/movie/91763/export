--- v0 (2025-11-16)
+++ v1 (2025-12-06)
@@ -14,51 +14,51 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Metadata" sheetId="1" r:id="rId1"/>
     <sheet name="Admissions" sheetId="2" r:id="rId2"/>
     <sheet name="Titles" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="108" uniqueCount="95">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="110" uniqueCount="97">
   <si>
     <t>Original title</t>
   </si>
   <si>
     <t>The Man Who Sold His Skin</t>
   </si>
   <si>
     <t>Director(s)</t>
   </si>
   <si>
     <t>Kaouther Ben Hania</t>
   </si>
   <si>
     <t>Production year</t>
   </si>
   <si>
     <t>Producing or Co-producing countries</t>
   </si>
   <si>
     <t>FR, TN, DE, BE, SE</t>
   </si>
   <si>
     <t>IMDb link</t>
   </si>
   <si>
@@ -191,50 +191,56 @@
     <t>IT</t>
   </si>
   <si>
     <t>Wanted Cinema</t>
   </si>
   <si>
     <t>LU</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Mayfly</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Pris Audiovisuais</t>
+  </si>
+  <si>
+    <t>RS</t>
+  </si>
+  <si>
+    <t>Five Stars</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Folkets Bio</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Demiurg</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>BS Dağıtım</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
@@ -760,51 +766,51 @@
         <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" s="1" t="s">
         <v>15</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>16</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B5" r:id="rId1"/>
     <hyperlink ref="B6" r:id="rId2"/>
     <hyperlink ref="B7" r:id="rId3"/>
     <hyperlink ref="B8" r:id="rId4"/>
     <hyperlink ref="B9" r:id="rId5"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:I25"/>
+  <dimension ref="A1:I26"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="10.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="37.42578125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="14.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="5" bestFit="1" customWidth="1"/>
     <col min="6" max="7" width="6" bestFit="1" customWidth="1"/>
     <col min="8" max="9" width="5" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>17</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>18</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>19</v>
       </c>
       <c r="D1" s="1" t="s">
@@ -1237,322 +1243,343 @@
       </c>
       <c r="C20">
         <v>44371</v>
       </c>
       <c r="D20" s="3">
         <v>1133</v>
       </c>
       <c r="E20" s="3"/>
       <c r="F20" s="3">
         <v>1050</v>
       </c>
       <c r="G20" s="3">
         <v>83</v>
       </c>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
         <v>59</v>
       </c>
       <c r="B21" t="s">
         <v>60</v>
       </c>
       <c r="C21">
-        <v>44309</v>
+        <v>44706</v>
       </c>
       <c r="D21" s="3">
-        <v>1401</v>
+        <v>200</v>
       </c>
       <c r="E21" s="3"/>
-      <c r="F21" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3">
-        <v>15</v>
+        <v>200</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
         <v>61</v>
       </c>
       <c r="B22" t="s">
         <v>62</v>
       </c>
       <c r="C22">
-        <v>44496</v>
+        <v>44309</v>
       </c>
       <c r="D22" s="3">
-        <v>766</v>
+        <v>1401</v>
       </c>
       <c r="E22" s="3"/>
       <c r="F22" s="3">
-        <v>524</v>
-[...3 lines deleted...]
-      </c>
+        <v>1386</v>
+      </c>
+      <c r="G22" s="3"/>
       <c r="H22" s="3"/>
-      <c r="I22" s="3"/>
+      <c r="I22" s="3">
+        <v>15</v>
+      </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
         <v>63</v>
       </c>
       <c r="B23" t="s">
         <v>64</v>
       </c>
       <c r="C23">
-        <v>44421</v>
+        <v>44496</v>
       </c>
       <c r="D23" s="3">
-        <v>4067</v>
+        <v>766</v>
       </c>
       <c r="E23" s="3"/>
       <c r="F23" s="3">
-        <v>4067</v>
-[...1 lines deleted...]
-      <c r="G23" s="3"/>
+        <v>524</v>
+      </c>
+      <c r="G23" s="3">
+        <v>242</v>
+      </c>
       <c r="H23" s="3"/>
       <c r="I23" s="3"/>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
         <v>65</v>
       </c>
+      <c r="B24" t="s">
+        <v>66</v>
+      </c>
+      <c r="C24">
+        <v>44421</v>
+      </c>
       <c r="D24" s="3">
-        <v>46994</v>
-[...3 lines deleted...]
-      </c>
+        <v>4067</v>
+      </c>
+      <c r="E24" s="3"/>
       <c r="F24" s="3">
-        <v>27560</v>
-[...9 lines deleted...]
-      </c>
+        <v>4067</v>
+      </c>
+      <c r="G24" s="3"/>
+      <c r="H24" s="3"/>
+      <c r="I24" s="3"/>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D25" s="3">
-        <v>54424</v>
+        <v>46994</v>
       </c>
       <c r="E25" s="3">
         <v>267</v>
       </c>
       <c r="F25" s="3">
+        <v>27560</v>
+      </c>
+      <c r="G25" s="3">
+        <v>17177</v>
+      </c>
+      <c r="H25" s="3">
+        <v>1622</v>
+      </c>
+      <c r="I25" s="3">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9">
+      <c r="A26" t="s">
+        <v>68</v>
+      </c>
+      <c r="D26" s="3">
+        <v>54424</v>
+      </c>
+      <c r="E26" s="3">
+        <v>267</v>
+      </c>
+      <c r="F26" s="3">
         <v>34948</v>
       </c>
-      <c r="G25" s="3">
+      <c r="G26" s="3">
         <v>17180</v>
       </c>
-      <c r="H25" s="3">
+      <c r="H26" s="3">
         <v>1661</v>
       </c>
-      <c r="I25" s="3">
+      <c r="I26" s="3">
         <v>368</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B19"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="32.5703125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="36.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="B2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="B3" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="B4" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="B5" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>30</v>
       </c>
       <c r="B6" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="B7" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="B8" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>47</v>
       </c>
       <c r="B9" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>50</v>
       </c>
       <c r="B10" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="B11" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B12" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>55</v>
       </c>
       <c r="B13" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="B14" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>57</v>
       </c>
       <c r="B15" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="B16" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="B17" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>45</v>
       </c>
       <c r="B18" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="B19" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Metadata</vt:lpstr>