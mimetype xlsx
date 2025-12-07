--- v0 (2025-11-16)
+++ v1 (2025-12-07)
@@ -211,87 +211,87 @@
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Bad Unicorn</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Nonstop Entertainment</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Fivia</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>CA,CH,DE,FR,TR</t>
+  </si>
+  <si>
+    <t>El triunfo (Un triomphe)</t>
+  </si>
+  <si>
+    <t>Les prisonniers de Beckett</t>
+  </si>
+  <si>
+    <t>AT,CH,DE</t>
+  </si>
+  <si>
+    <t>Ein Triumph</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>A Noite do Triunfo</t>
+  </si>
+  <si>
+    <t>AU,CA,GB,IE,US</t>
+  </si>
+  <si>
+    <t>The Big Hit</t>
+  </si>
+  <si>
+    <t>CO</t>
+  </si>
+  <si>
+    <t>Un triunfo</t>
+  </si>
+  <si>
     <t>CZ</t>
   </si>
   <si>
     <t>Triumf</t>
-  </si>
-[...31 lines deleted...]
-    <t>Un triunfo</t>
   </si>
   <si>
     <t>DK,LU</t>
   </si>
   <si>
     <t>Un Triomphe</t>
   </si>
   <si>
     <t>El triunfo</t>
   </si>
   <si>
     <t>Suurta teatteria</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>A nagy előadás</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Un anno con Godot</t>
   </si>
@@ -1370,67 +1370,67 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B22"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="14.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="24.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>65</v>
       </c>
       <c r="B2" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2">
+      <c r="B3" t="s">
         <v>66</v>
-      </c>
-[...6 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="5" spans="1:2">
+      <c r="A5" t="s">
         <v>68</v>
       </c>
-    </row>
-    <row r="5" spans="1:2">
       <c r="B5" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>70</v>
       </c>
       <c r="B6" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>72</v>
       </c>
       <c r="B7" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>74</v>
       </c>
       <c r="B8" t="s">