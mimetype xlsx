--- v1 (2025-12-07)
+++ v2 (2026-01-11)
@@ -825,61 +825,63 @@
       </c>
       <c r="F1" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>23</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>24</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>26</v>
       </c>
       <c r="B2" t="s">
         <v>27</v>
       </c>
       <c r="C2">
         <v>44911</v>
       </c>
       <c r="D2" s="3">
-        <v>2391</v>
+        <v>2837</v>
       </c>
       <c r="E2" s="3"/>
       <c r="F2" s="3"/>
       <c r="G2" s="3">
         <v>1662</v>
       </c>
       <c r="H2" s="3">
         <v>729</v>
       </c>
-      <c r="I2" s="3"/>
+      <c r="I2" s="3">
+        <v>446</v>
+      </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>28</v>
       </c>
       <c r="B3" t="s">
         <v>29</v>
       </c>
       <c r="C3">
         <v>44560</v>
       </c>
       <c r="D3" s="3">
         <v>126</v>
       </c>
       <c r="E3" s="3"/>
       <c r="F3" s="3">
         <v>19</v>
       </c>
       <c r="G3" s="3">
         <v>107</v>
       </c>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
     </row>
     <row r="4" spans="1:9">
@@ -1299,89 +1301,89 @@
       </c>
       <c r="B21" t="s">
         <v>62</v>
       </c>
       <c r="C21">
         <v>44714</v>
       </c>
       <c r="D21" s="3">
         <v>1755</v>
       </c>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3">
         <v>1640</v>
       </c>
       <c r="H21" s="3">
         <v>115</v>
       </c>
       <c r="I21" s="3"/>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
         <v>63</v>
       </c>
       <c r="D22" s="3">
-        <v>452211</v>
+        <v>452657</v>
       </c>
       <c r="E22" s="3">
         <v>6266</v>
       </c>
       <c r="F22" s="3">
         <v>338947</v>
       </c>
       <c r="G22" s="3">
         <v>54904</v>
       </c>
       <c r="H22" s="3">
         <v>50120</v>
       </c>
       <c r="I22" s="3">
-        <v>1974</v>
+        <v>2420</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
         <v>64</v>
       </c>
       <c r="D23" s="3">
-        <v>468530</v>
+        <v>468976</v>
       </c>
       <c r="E23" s="3">
         <v>6266</v>
       </c>
       <c r="F23" s="3">
         <v>348561</v>
       </c>
       <c r="G23" s="3">
         <v>61249</v>
       </c>
       <c r="H23" s="3">
         <v>50308</v>
       </c>
       <c r="I23" s="3">
-        <v>2146</v>
+        <v>2592</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B22"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="14.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="24.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>