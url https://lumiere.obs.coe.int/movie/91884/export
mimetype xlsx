--- v0 (2025-11-23)
+++ v1 (2025-12-16)
@@ -97,50 +97,56 @@
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Independent</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>SFI</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>PL</t>
+  </si>
+  <si>
+    <t>Chórzyści</t>
+  </si>
+  <si>
     <t>Chórzysci</t>
   </si>
   <si>
     <t>GB,US</t>
   </si>
   <si>
     <t>AU</t>
   </si>
   <si>
     <t>Mart Crowley's The Boys in the Band</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Os Rapazes da Banda</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Die Harten und die Zarten</t>
   </si>
   <si>
     <t>ES,MX</t>
@@ -167,56 +173,50 @@
     <t>A fiúk a csapatban</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Festa per il compleanno del caro amico Harold</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>Mayonaka no party</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Jongens onder elkaar</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Oss menn i mellom</t>
-  </si>
-[...4 lines deleted...]
-    <t>Chórzyści</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Os Rapazes do Grupo</t>
   </si>
   <si>
     <t>Oss pojkar emellan</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Chlapci z partie</t>
   </si>
   <si>
     <t>Cudna druzina</t>
   </si>
   <si>
     <t>真夜中のパーティ</t>
   </si>
   <si>
     <t>DK</t>
   </si>
@@ -778,68 +778,68 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B22"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="41.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
+      <c r="A2" t="s">
+        <v>27</v>
+      </c>
       <c r="B2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="3" spans="1:2">
-      <c r="A3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B3" t="s">
-        <v>1</v>
+        <v>29</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B4" t="s">
-        <v>30</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>31</v>
       </c>
       <c r="B5" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>33</v>
       </c>
       <c r="B6" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>35</v>
       </c>
       <c r="B7" t="s">
         <v>36</v>
       </c>
@@ -917,51 +917,51 @@
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>23</v>
       </c>
       <c r="B17" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>56</v>
       </c>
       <c r="B18" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="B19" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B20" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>60</v>
       </c>
       <c r="B21" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>62</v>
       </c>
       <c r="B22" t="s">
         <v>63</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>