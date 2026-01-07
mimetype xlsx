--- v0 (2025-11-25)
+++ v1 (2026-01-07)
@@ -235,63 +235,63 @@
   <si>
     <t>Forum Film</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>CinemArt</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>United International Pictures</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Szörnyella</t>
+  </si>
+  <si>
     <t>AR,AT,AU,BA,BR,CA,CH,CL,CO,DE,DK,ES,FR,GB,IE,LU,MD,MX,NL,NZ,PL,PT,RO,SE,TR,US</t>
   </si>
   <si>
     <t>CN</t>
   </si>
   <si>
     <t>黑白魔女库伊拉</t>
   </si>
   <si>
     <t>Круела</t>
-  </si>
-[...1 lines deleted...]
-    <t>Szörnyella</t>
   </si>
   <si>
     <t>Crudelia</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>クルエラ</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>크루엘라</t>
   </si>
   <si>
     <t>Κρουέλα</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>黑白魔后</t>
   </si>
@@ -1533,75 +1533,75 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="75.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="15" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
+        <v>47</v>
+      </c>
+      <c r="B2" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>74</v>
       </c>
       <c r="B3" t="s">
-        <v>75</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>30</v>
+        <v>75</v>
       </c>
       <c r="B4" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>47</v>
+        <v>30</v>
       </c>
       <c r="B5" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>52</v>
       </c>
       <c r="B6" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>79</v>
       </c>
       <c r="B7" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>81</v>
       </c>