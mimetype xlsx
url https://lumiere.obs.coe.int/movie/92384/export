--- v0 (2025-12-03)
+++ v1 (2026-01-14)
@@ -199,102 +199,102 @@
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Forum Film</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>CinemArt</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>United International Pictures</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Duhovi tame</t>
+  </si>
+  <si>
+    <t>HU</t>
+  </si>
+  <si>
+    <t>Agancs</t>
+  </si>
+  <si>
     <t>CA</t>
   </si>
   <si>
     <t>Affames</t>
   </si>
   <si>
     <t>AU,CA,DE,DK,GB,GR,IE,JP,KR,MX,NL,NZ,SE,SG,US</t>
   </si>
   <si>
     <t>CN</t>
   </si>
   <si>
     <t>鹿角</t>
   </si>
   <si>
     <t>Рога</t>
   </si>
   <si>
     <t>AR,CL,CO</t>
   </si>
   <si>
     <t>Espíritus oscuros</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Espíritos Obscuros</t>
   </si>
   <si>
     <t>CA,FR</t>
   </si>
   <si>
     <t>Affamés</t>
   </si>
   <si>
     <t>Les affamés</t>
   </si>
   <si>
     <t>Paroží</t>
   </si>
   <si>
     <t>Antlers: Criatura oscura</t>
-  </si>
-[...7 lines deleted...]
-    <t>Agancs</t>
   </si>
   <si>
     <t>Antlers - Spirito insaziabile</t>
   </si>
   <si>
     <t>Nepasotinamas alkis</t>
   </si>
   <si>
     <t>LV</t>
   </si>
   <si>
     <t>Brieža ragi</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>Espíritus Oscuros</t>
   </si>
   <si>
     <t>Poroże</t>
   </si>
   <si>
     <t>Faminto</t>
   </si>
@@ -1292,139 +1292,139 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B25"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="43.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="24.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
+        <v>39</v>
+      </c>
+      <c r="B2" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>62</v>
+      </c>
+      <c r="B3" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>64</v>
       </c>
       <c r="B4" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>25</v>
+        <v>66</v>
       </c>
       <c r="B5" t="s">
-        <v>66</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>67</v>
       </c>
       <c r="B6" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
+        <v>25</v>
+      </c>
+      <c r="B7" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
+        <v>70</v>
+      </c>
+      <c r="B8" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="B9" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>29</v>
+        <v>74</v>
       </c>
       <c r="B10" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>35</v>
+        <v>64</v>
       </c>
       <c r="B11" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>39</v>
+        <v>29</v>
       </c>
       <c r="B12" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>77</v>
+        <v>35</v>
       </c>
       <c r="B13" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>43</v>
       </c>
       <c r="B14" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>44</v>
       </c>
       <c r="B15" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>81</v>
       </c>