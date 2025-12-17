--- v0 (2025-11-25)
+++ v1 (2025-12-17)
@@ -130,81 +130,81 @@
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>The Searchers</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>SF Bio</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Cinemundo</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>TR</t>
+  </si>
+  <si>
+    <t>Arkadaş</t>
+  </si>
+  <si>
+    <t>HR,RS</t>
+  </si>
+  <si>
+    <t>Prijatelji</t>
+  </si>
+  <si>
+    <t>HU</t>
+  </si>
+  <si>
+    <t>A barátunk</t>
+  </si>
+  <si>
     <t>AU,CA,GB,NL,NO,PL,SE,SG,US</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Notre ami</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>Our Friend／アワー・フレンド</t>
-  </si>
-[...16 lines deleted...]
-    <t>A barátunk</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>L'amico del cuore</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>아워 프렌드</t>
   </si>
   <si>
     <t>Meie sõber</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>El amigo</t>
   </si>
   <si>
     <t>O Amigo de Sempre</t>
   </si>
@@ -892,75 +892,75 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B15"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="20.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>38</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>39</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B3" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B5" t="s">
-        <v>44</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>45</v>
       </c>
       <c r="B6" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>47</v>
       </c>
       <c r="B7" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>49</v>
       </c>
       <c r="B8" t="s">
         <v>50</v>
       </c>