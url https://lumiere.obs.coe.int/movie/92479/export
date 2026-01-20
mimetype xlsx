--- v0 (2025-11-21)
+++ v1 (2026-01-20)
@@ -85,57 +85,57 @@
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 2021</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Pirkanmaan Elokuvakeskus</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AU,CA,GB,MX,US</t>
+  </si>
+  <si>
     <t>AR</t>
   </si>
   <si>
     <t>La mansión de los espectros</t>
-  </si>
-[...1 lines deleted...]
-    <t>AU,CA,GB,MX,US</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Зловещи видове</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Spookies - Renascidos das Trevas</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Evil Spookies - Die Killerdämonen</t>
   </si>
   <si>
     <t>Duchy</t>
   </si>
   <si>
     <t>Goblin</t>
   </si>
@@ -675,59 +675,59 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="15.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="30.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>23</v>
       </c>
       <c r="B2" t="s">
-        <v>24</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>24</v>
+      </c>
+      <c r="B3" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>26</v>
       </c>
       <c r="B4" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>28</v>
       </c>
       <c r="B5" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>30</v>
       </c>
       <c r="B6" t="s">
         <v>31</v>
       </c>