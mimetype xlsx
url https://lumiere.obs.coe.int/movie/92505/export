--- v0 (2025-12-14)
+++ v1 (2026-01-23)
@@ -970,62 +970,64 @@
       <c r="D9" s="3">
         <v>14797</v>
       </c>
       <c r="E9" s="3">
         <v>9696</v>
       </c>
       <c r="F9" s="3">
         <v>4926</v>
       </c>
       <c r="G9" s="3">
         <v>175</v>
       </c>
       <c r="H9" s="3"/>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>41</v>
       </c>
       <c r="B10" t="s">
         <v>42</v>
       </c>
       <c r="C10">
         <v>44510</v>
       </c>
       <c r="D10" s="3">
-        <v>167750</v>
+        <v>167768</v>
       </c>
       <c r="E10" s="3">
         <v>162889</v>
       </c>
       <c r="F10" s="3">
         <v>4277</v>
       </c>
       <c r="G10" s="3">
         <v>584</v>
       </c>
-      <c r="H10" s="3"/>
+      <c r="H10" s="3">
+        <v>18</v>
+      </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>43</v>
       </c>
       <c r="B11" t="s">
         <v>44</v>
       </c>
       <c r="C11">
         <v>44638</v>
       </c>
       <c r="D11" s="3">
         <v>2476</v>
       </c>
       <c r="E11" s="3"/>
       <c r="F11" s="3">
         <v>2476</v>
       </c>
       <c r="G11" s="3"/>
       <c r="H11" s="3"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>45</v>
       </c>
@@ -1285,83 +1287,83 @@
         <v>62</v>
       </c>
       <c r="B24" t="s">
         <v>63</v>
       </c>
       <c r="C24">
         <v>44483</v>
       </c>
       <c r="D24" s="3">
         <v>1241</v>
       </c>
       <c r="E24" s="3">
         <v>1063</v>
       </c>
       <c r="F24" s="3">
         <v>178</v>
       </c>
       <c r="G24" s="3"/>
       <c r="H24" s="3"/>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>64</v>
       </c>
       <c r="D25" s="3">
-        <v>565085</v>
+        <v>565103</v>
       </c>
       <c r="E25" s="3">
         <v>519764</v>
       </c>
       <c r="F25" s="3">
         <v>43722</v>
       </c>
       <c r="G25" s="3">
         <v>1581</v>
       </c>
       <c r="H25" s="3">
-        <v>18</v>
+        <v>36</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>65</v>
       </c>
       <c r="D26" s="3">
-        <v>576790</v>
+        <v>576808</v>
       </c>
       <c r="E26" s="3">
         <v>525692</v>
       </c>
       <c r="F26" s="3">
         <v>49499</v>
       </c>
       <c r="G26" s="3">
         <v>1581</v>
       </c>
       <c r="H26" s="3">
-        <v>18</v>
+        <v>36</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B18"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="17.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>