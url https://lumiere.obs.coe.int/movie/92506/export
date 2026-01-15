--- v0 (2025-11-29)
+++ v1 (2026-01-15)
@@ -1012,60 +1012,62 @@
       <c r="D8" s="3">
         <v>37166</v>
       </c>
       <c r="E8" s="3"/>
       <c r="F8" s="3">
         <v>34300</v>
       </c>
       <c r="G8" s="3">
         <v>2403</v>
       </c>
       <c r="H8" s="3">
         <v>463</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>39</v>
       </c>
       <c r="B9" t="s">
         <v>40</v>
       </c>
       <c r="C9">
         <v>44896</v>
       </c>
       <c r="D9" s="3">
-        <v>113592</v>
+        <v>113909</v>
       </c>
       <c r="E9" s="3"/>
       <c r="F9" s="3">
         <v>75281</v>
       </c>
       <c r="G9" s="3">
         <v>38311</v>
       </c>
-      <c r="H9" s="3"/>
+      <c r="H9" s="3">
+        <v>317</v>
+      </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>41</v>
       </c>
       <c r="B10" t="s">
         <v>42</v>
       </c>
       <c r="C10">
         <v>44645</v>
       </c>
       <c r="D10" s="3">
         <v>733</v>
       </c>
       <c r="E10" s="3"/>
       <c r="F10" s="3">
         <v>733</v>
       </c>
       <c r="G10" s="3"/>
       <c r="H10" s="3"/>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>6</v>
       </c>
@@ -1560,83 +1562,83 @@
       <c r="B33" t="s">
         <v>36</v>
       </c>
       <c r="C33">
         <v>44840</v>
       </c>
       <c r="D33" s="3">
         <v>2285</v>
       </c>
       <c r="E33" s="3"/>
       <c r="F33" s="3">
         <v>1553</v>
       </c>
       <c r="G33" s="3">
         <v>309</v>
       </c>
       <c r="H33" s="3">
         <v>423</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>81</v>
       </c>
       <c r="D34" s="3">
-        <v>1312475</v>
+        <v>1312792</v>
       </c>
       <c r="E34" s="3">
         <v>536541</v>
       </c>
       <c r="F34" s="3">
         <v>717284</v>
       </c>
       <c r="G34" s="3">
         <v>55866</v>
       </c>
       <c r="H34" s="3">
-        <v>2784</v>
+        <v>3101</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>82</v>
       </c>
       <c r="D35" s="3">
-        <v>1326411</v>
+        <v>1326728</v>
       </c>
       <c r="E35" s="3">
         <v>536541</v>
       </c>
       <c r="F35" s="3">
         <v>729382</v>
       </c>
       <c r="G35" s="3">
         <v>57450</v>
       </c>
       <c r="H35" s="3">
-        <v>3038</v>
+        <v>3355</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B20"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="31.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="21.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>