--- v0 (2025-12-16)
+++ v1 (2026-01-21)
@@ -795,99 +795,101 @@
       </c>
       <c r="B8" t="s">
         <v>35</v>
       </c>
       <c r="D8" s="3">
         <v>198</v>
       </c>
       <c r="E8" s="3"/>
       <c r="F8" s="3">
         <v>198</v>
       </c>
       <c r="G8" s="3"/>
       <c r="H8" s="3"/>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>36</v>
       </c>
       <c r="B9" t="s">
         <v>37</v>
       </c>
       <c r="C9">
         <v>44855</v>
       </c>
       <c r="D9" s="3">
-        <v>12362</v>
+        <v>13778</v>
       </c>
       <c r="E9" s="3"/>
       <c r="F9" s="3">
         <v>522</v>
       </c>
       <c r="G9" s="3">
         <v>11840</v>
       </c>
-      <c r="H9" s="3"/>
+      <c r="H9" s="3">
+        <v>1416</v>
+      </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>38</v>
       </c>
       <c r="D10" s="3">
-        <v>127127</v>
+        <v>128543</v>
       </c>
       <c r="E10" s="3">
         <v>18590</v>
       </c>
       <c r="F10" s="3">
         <v>90870</v>
       </c>
       <c r="G10" s="3">
         <v>15000</v>
       </c>
       <c r="H10" s="3">
-        <v>2667</v>
+        <v>4083</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>39</v>
       </c>
       <c r="D11" s="3">
-        <v>127470</v>
+        <v>128886</v>
       </c>
       <c r="E11" s="3">
         <v>18590</v>
       </c>
       <c r="F11" s="3">
         <v>91133</v>
       </c>
       <c r="G11" s="3">
         <v>15000</v>
       </c>
       <c r="H11" s="3">
-        <v>2747</v>
+        <v>4163</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="30.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>