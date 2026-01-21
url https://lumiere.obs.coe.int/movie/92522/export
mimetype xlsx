--- v0 (2025-12-17)
+++ v1 (2026-01-21)
@@ -758,58 +758,60 @@
         <v>44449</v>
       </c>
       <c r="D4" s="3">
         <v>18671</v>
       </c>
       <c r="E4" s="3">
         <v>17959</v>
       </c>
       <c r="F4" s="3">
         <v>712</v>
       </c>
       <c r="G4" s="3"/>
       <c r="H4" s="3"/>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>28</v>
       </c>
       <c r="B5" t="s">
         <v>29</v>
       </c>
       <c r="C5">
         <v>44812</v>
       </c>
       <c r="D5" s="3">
-        <v>669</v>
+        <v>880</v>
       </c>
       <c r="E5" s="3"/>
       <c r="F5" s="3">
         <v>669</v>
       </c>
       <c r="G5" s="3"/>
-      <c r="H5" s="3"/>
+      <c r="H5" s="3">
+        <v>211</v>
+      </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>30</v>
       </c>
       <c r="B6" t="s">
         <v>31</v>
       </c>
       <c r="C6">
         <v>44453</v>
       </c>
       <c r="D6" s="3">
         <v>2556</v>
       </c>
       <c r="E6" s="3">
         <v>1704</v>
       </c>
       <c r="F6" s="3">
         <v>764</v>
       </c>
       <c r="G6" s="3">
         <v>88</v>
       </c>
       <c r="H6" s="3"/>
     </row>
@@ -858,83 +860,83 @@
         <v>36</v>
       </c>
       <c r="B9" t="s">
         <v>37</v>
       </c>
       <c r="C9">
         <v>44625</v>
       </c>
       <c r="D9" s="3">
         <v>270</v>
       </c>
       <c r="E9" s="3"/>
       <c r="F9" s="3">
         <v>246</v>
       </c>
       <c r="G9" s="3"/>
       <c r="H9" s="3">
         <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>38</v>
       </c>
       <c r="D10" s="3">
-        <v>22470</v>
+        <v>22681</v>
       </c>
       <c r="E10" s="3">
         <v>19663</v>
       </c>
       <c r="F10" s="3">
         <v>2539</v>
       </c>
       <c r="G10" s="3">
         <v>244</v>
       </c>
       <c r="H10" s="3">
-        <v>24</v>
+        <v>235</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>39</v>
       </c>
       <c r="D11" s="3">
-        <v>24768</v>
+        <v>24979</v>
       </c>
       <c r="E11" s="3">
         <v>19663</v>
       </c>
       <c r="F11" s="3">
         <v>3800</v>
       </c>
       <c r="G11" s="3">
         <v>1238</v>
       </c>
       <c r="H11" s="3">
-        <v>67</v>
+        <v>278</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="50.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>