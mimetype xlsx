--- v0 (2025-11-30)
+++ v1 (2026-01-11)
@@ -208,90 +208,90 @@
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>NOS Lusomundo Audiovisuais</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Magic Box</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>ES</t>
+  </si>
+  <si>
+    <t>Op y Ed</t>
+  </si>
+  <si>
+    <t>IT</t>
+  </si>
+  <si>
+    <t>Estinti... o quasi</t>
+  </si>
+  <si>
+    <t>AL</t>
+  </si>
+  <si>
+    <t>Flumelët</t>
+  </si>
+  <si>
+    <t>DE</t>
+  </si>
+  <si>
+    <t>Die Flummels</t>
+  </si>
+  <si>
+    <t>¡Nos Hemos Extinguido!</t>
+  </si>
+  <si>
+    <t>Flummelur</t>
+  </si>
+  <si>
+    <t>MX</t>
+  </si>
+  <si>
+    <t>Los Flummels</t>
+  </si>
+  <si>
+    <t>Flummlune</t>
+  </si>
+  <si>
     <t>Flummelar</t>
-  </si>
-[...37 lines deleted...]
-    <t>Flummlune</t>
   </si>
   <si>
     <t>AU,BE,CA,GB,HK,IE,JP,NZ,SG,US</t>
   </si>
   <si>
     <t>CN</t>
   </si>
   <si>
     <t>拯救甜甜圈：时空大营救</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>멸종은 싫어!</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>Extintos</t>
   </si>
   <si>
     <t>BG</t>
   </si>
@@ -1427,115 +1427,115 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B38"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="28.5703125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="34.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="B2" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B3" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B4" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B5" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="B6" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>65</v>
+        <v>40</v>
       </c>
       <c r="B7" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>40</v>
+        <v>74</v>
       </c>
       <c r="B8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>75</v>
+        <v>58</v>
       </c>
       <c r="B9" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B10" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>78</v>
       </c>
       <c r="B11" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>79</v>
       </c>
       <c r="B12" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>81</v>
       </c>
@@ -1603,51 +1603,51 @@
       <c r="A21" t="s">
         <v>35</v>
       </c>
       <c r="B21" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>41</v>
       </c>
       <c r="B22" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>43</v>
       </c>
       <c r="B23" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="B24" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>98</v>
       </c>
       <c r="B25" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>45</v>
       </c>
       <c r="B26" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
         <v>47</v>
       </c>