--- v0 (2025-11-21)
+++ v1 (2026-01-21)
@@ -133,87 +133,87 @@
   <si>
     <t>AF-Media</t>
   </si>
   <si>
     <t>IE</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Mer Film</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Folkets Bio</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Le Fossoyeur</t>
+  </si>
+  <si>
     <t>FI,NO</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>A Mulher do Coveiro</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>La mujer del enterrador</t>
   </si>
   <si>
     <t>Haudankaivaja</t>
   </si>
   <si>
     <t>La femme du fossoyeur</t>
   </si>
   <si>
     <t>Guled og Nasra</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Żona grabarza</t>
   </si>
   <si>
     <t>Dödgrävarens hustru</t>
   </si>
   <si>
     <t>The Grave Digger</t>
-  </si>
-[...1 lines deleted...]
-    <t>Le Fossoyeur</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Жена могильщика</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>掘墓者之妻</t>
   </si>
   <si>
     <t>AU,CA,DE,GB,IE,US</t>
   </si>
   <si>
     <t>The Gravedigger's Wife</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
@@ -884,114 +884,114 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="17.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="21.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
-      <c r="A2" t="s">
+      <c r="B2" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>40</v>
       </c>
       <c r="B3" t="s">
-        <v>41</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>26</v>
+        <v>43</v>
       </c>
       <c r="B5" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="B6" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="B7" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
+        <v>33</v>
+      </c>
+      <c r="B8" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="B9" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="10" spans="1:2">
+      <c r="A10" t="s">
+        <v>35</v>
+      </c>
       <c r="B10" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="B11" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>52</v>
       </c>
       <c r="B12" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>54</v>
       </c>
       <c r="B13" t="s">
         <v>55</v>
       </c>
     </row>