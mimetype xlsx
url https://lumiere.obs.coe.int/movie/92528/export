--- v0 (2025-11-13)
+++ v1 (2025-12-04)
@@ -100,75 +100,75 @@
   <si>
     <t>SF Bio</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>StudioCanal</t>
   </si>
   <si>
     <t>IE</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>FR</t>
+  </si>
+  <si>
+    <t>Sa dernière lettre</t>
+  </si>
+  <si>
     <t>AU,GB,HK,IE,KR,NL,SG,US</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Eine Handvoll Worte</t>
   </si>
   <si>
     <t>Det sidste brev fra din elsker</t>
   </si>
   <si>
     <t>AR,ES,MX</t>
   </si>
   <si>
     <t>La última carta de amor</t>
   </si>
   <si>
     <t>Ole niin kiltti, älä rakasta häntä</t>
-  </si>
-[...4 lines deleted...]
-    <t>Sa dernière lettre</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>Posljednje pismo tvojega ljubavnika</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Az utolsó szerelmes levél</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>L'ultima lettera d'amore</t>
   </si>
   <si>
     <t>Det siste brevet fra deg</t>
   </si>
   <si>
     <t>PL</t>
   </si>
@@ -852,88 +852,88 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B24"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="23.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="40.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>28</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B3" t="s">
-        <v>30</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="B4" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="B5" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="B6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="B7" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>37</v>
       </c>
       <c r="B8" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>39</v>
       </c>
       <c r="B9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>41</v>
       </c>