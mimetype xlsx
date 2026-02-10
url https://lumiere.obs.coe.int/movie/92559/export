--- v0 (2025-11-20)
+++ v1 (2026-02-10)
@@ -82,105 +82,105 @@
   <si>
     <t>Distributor</t>
   </si>
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 2021</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Pirkanmaan Elokuvakeskus</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Stephen Kingin Maissilapset</t>
+  </si>
+  <si>
+    <t>AU,CA,GB,NL,SE,US</t>
+  </si>
+  <si>
     <t>AR</t>
   </si>
   <si>
     <t>Cosecha negra</t>
   </si>
   <si>
-    <t>AU,CA,GB,NL,SE,US</t>
-[...1 lines deleted...]
-  <si>
     <t>BG</t>
   </si>
   <si>
     <t>Децата на царевицата</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Colheita Maldita</t>
   </si>
   <si>
     <t>Filhos do Mal</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Les enfants de l'horreur</t>
   </si>
   <si>
     <t>CZ</t>
   </si>
   <si>
     <t>Kukuřičné děti</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Kinder des Zorns</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Els nens de les panotxes</t>
   </si>
   <si>
     <t>Los chicos del maíz</t>
   </si>
   <si>
     <t>Dödlig skörd</t>
-  </si>
-[...1 lines deleted...]
-    <t>Stephen Kingin Maissilapset</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Children of the corn - Les démons du maïs</t>
   </si>
   <si>
     <t>Horror Kid</t>
   </si>
   <si>
     <t>Les démons du maïs</t>
   </si>
   <si>
     <t>Les démons du maïs I (Horror kids)</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>O dolofonos me to drepani</t>
   </si>
   <si>
     <t>HR</t>
   </si>
@@ -784,131 +784,131 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B36"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="17.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="38.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B2" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B3" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
+        <v>24</v>
+      </c>
+      <c r="B4" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B5" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B6" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
+        <v>28</v>
+      </c>
+      <c r="B7" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
+        <v>31</v>
+      </c>
+      <c r="B8" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
+        <v>33</v>
+      </c>
+      <c r="B9" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
+        <v>35</v>
+      </c>
+      <c r="B10" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B11" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>18</v>
+        <v>37</v>
       </c>
       <c r="B12" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>18</v>
       </c>
       <c r="B13" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>41</v>
       </c>
       <c r="B14" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>41</v>
       </c>