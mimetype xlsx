--- v0 (2025-11-23)
+++ v1 (2026-01-23)
@@ -842,62 +842,64 @@
       </c>
       <c r="E1" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>23</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>25</v>
       </c>
       <c r="B2" t="s">
         <v>26</v>
       </c>
       <c r="C2">
         <v>44372</v>
       </c>
       <c r="D2" s="3">
-        <v>7321</v>
+        <v>7734</v>
       </c>
       <c r="E2" s="3">
         <v>6175</v>
       </c>
       <c r="F2" s="3">
         <v>354</v>
       </c>
       <c r="G2" s="3">
         <v>792</v>
       </c>
-      <c r="H2" s="3"/>
+      <c r="H2" s="3">
+        <v>413</v>
+      </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>27</v>
       </c>
       <c r="B3" t="s">
         <v>28</v>
       </c>
       <c r="C3">
         <v>44749</v>
       </c>
       <c r="D3" s="3">
         <v>79</v>
       </c>
       <c r="E3" s="3"/>
       <c r="F3" s="3">
         <v>79</v>
       </c>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>29</v>
       </c>
@@ -986,58 +988,60 @@
       </c>
       <c r="E7" s="3">
         <v>119397</v>
       </c>
       <c r="F7" s="3">
         <v>4086</v>
       </c>
       <c r="G7" s="3">
         <v>1427</v>
       </c>
       <c r="H7" s="3">
         <v>489</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>36</v>
       </c>
       <c r="B8" t="s">
         <v>37</v>
       </c>
       <c r="C8">
         <v>44602</v>
       </c>
       <c r="D8" s="3">
-        <v>7741</v>
+        <v>7969</v>
       </c>
       <c r="E8" s="3"/>
       <c r="F8" s="3">
         <v>7741</v>
       </c>
       <c r="G8" s="3"/>
-      <c r="H8" s="3"/>
+      <c r="H8" s="3">
+        <v>228</v>
+      </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>38</v>
       </c>
       <c r="B9" t="s">
         <v>39</v>
       </c>
       <c r="C9">
         <v>44734</v>
       </c>
       <c r="D9" s="3">
         <v>64657</v>
       </c>
       <c r="E9" s="3">
         <v>3443</v>
       </c>
       <c r="F9" s="3">
         <v>52259</v>
       </c>
       <c r="G9" s="3">
         <v>6970</v>
       </c>
       <c r="H9" s="3">
         <v>1985</v>
@@ -1374,83 +1378,83 @@
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>65</v>
       </c>
       <c r="B25" t="s">
         <v>66</v>
       </c>
       <c r="C25">
         <v>44505</v>
       </c>
       <c r="D25" s="3">
         <v>2354</v>
       </c>
       <c r="E25" s="3">
         <v>2354</v>
       </c>
       <c r="F25" s="3"/>
       <c r="G25" s="3"/>
       <c r="H25" s="3"/>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>67</v>
       </c>
       <c r="D26" s="3">
-        <v>281957</v>
+        <v>282598</v>
       </c>
       <c r="E26" s="3">
         <v>155056</v>
       </c>
       <c r="F26" s="3">
         <v>110956</v>
       </c>
       <c r="G26" s="3">
         <v>12951</v>
       </c>
       <c r="H26" s="3">
-        <v>2994</v>
+        <v>3635</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>68</v>
       </c>
       <c r="D27" s="3">
-        <v>296155</v>
+        <v>296796</v>
       </c>
       <c r="E27" s="3">
         <v>166662</v>
       </c>
       <c r="F27" s="3">
         <v>112780</v>
       </c>
       <c r="G27" s="3">
         <v>13180</v>
       </c>
       <c r="H27" s="3">
-        <v>3533</v>
+        <v>4174</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B25"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="25.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="22.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>