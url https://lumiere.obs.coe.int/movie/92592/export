--- v0 (2025-11-19)
+++ v1 (2026-01-25)
@@ -1383,60 +1383,62 @@
         <v>44505</v>
       </c>
       <c r="D26" s="3">
         <v>5382</v>
       </c>
       <c r="E26" s="3">
         <v>4693</v>
       </c>
       <c r="F26" s="3">
         <v>689</v>
       </c>
       <c r="G26" s="3"/>
       <c r="H26" s="3"/>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>68</v>
       </c>
       <c r="B27" t="s">
         <v>69</v>
       </c>
       <c r="C27">
         <v>44197</v>
       </c>
       <c r="D27" s="3">
-        <v>20694</v>
+        <v>21059</v>
       </c>
       <c r="E27" s="3">
         <v>2388</v>
       </c>
       <c r="F27" s="3">
         <v>18306</v>
       </c>
       <c r="G27" s="3"/>
-      <c r="H27" s="3"/>
+      <c r="H27" s="3">
+        <v>365</v>
+      </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>70</v>
       </c>
       <c r="B28" t="s">
         <v>71</v>
       </c>
       <c r="C28">
         <v>44476</v>
       </c>
       <c r="D28" s="3">
         <v>4185</v>
       </c>
       <c r="E28" s="3">
         <v>4120</v>
       </c>
       <c r="F28" s="3">
         <v>65</v>
       </c>
       <c r="G28" s="3"/>
       <c r="H28" s="3"/>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
@@ -1533,83 +1535,83 @@
         <v>79</v>
       </c>
       <c r="B33" t="s">
         <v>80</v>
       </c>
       <c r="C33">
         <v>44533</v>
       </c>
       <c r="D33" s="3">
         <v>4087</v>
       </c>
       <c r="E33" s="3">
         <v>3815</v>
       </c>
       <c r="F33" s="3">
         <v>272</v>
       </c>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>81</v>
       </c>
       <c r="D34" s="3">
-        <v>530389</v>
+        <v>530754</v>
       </c>
       <c r="E34" s="3">
         <v>472530</v>
       </c>
       <c r="F34" s="3">
         <v>56296</v>
       </c>
       <c r="G34" s="3">
         <v>581</v>
       </c>
       <c r="H34" s="3">
-        <v>982</v>
+        <v>1347</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>82</v>
       </c>
       <c r="D35" s="3">
-        <v>548777</v>
+        <v>549142</v>
       </c>
       <c r="E35" s="3">
         <v>489483</v>
       </c>
       <c r="F35" s="3">
         <v>57623</v>
       </c>
       <c r="G35" s="3">
         <v>682</v>
       </c>
       <c r="H35" s="3">
-        <v>989</v>
+        <v>1354</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B12"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="76.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>