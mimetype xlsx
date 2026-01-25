--- v0 (2025-12-13)
+++ v1 (2026-01-25)
@@ -1071,60 +1071,62 @@
         <v>44526</v>
       </c>
       <c r="D11" s="3">
         <v>2548</v>
       </c>
       <c r="E11" s="3">
         <v>2340</v>
       </c>
       <c r="F11" s="3">
         <v>208</v>
       </c>
       <c r="G11" s="3"/>
       <c r="H11" s="3"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>45</v>
       </c>
       <c r="B12" t="s">
         <v>46</v>
       </c>
       <c r="C12">
         <v>44476</v>
       </c>
       <c r="D12" s="3">
-        <v>7401</v>
+        <v>7612</v>
       </c>
       <c r="E12" s="3">
         <v>6340</v>
       </c>
       <c r="F12" s="3">
         <v>1061</v>
       </c>
       <c r="G12" s="3"/>
-      <c r="H12" s="3"/>
+      <c r="H12" s="3">
+        <v>211</v>
+      </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>47</v>
       </c>
       <c r="B13" t="s">
         <v>48</v>
       </c>
       <c r="C13">
         <v>44581</v>
       </c>
       <c r="D13" s="3">
         <v>2024</v>
       </c>
       <c r="E13" s="3"/>
       <c r="F13" s="3">
         <v>2016</v>
       </c>
       <c r="G13" s="3">
         <v>8</v>
       </c>
       <c r="H13" s="3"/>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
@@ -1407,83 +1409,83 @@
       </c>
       <c r="C27">
         <v>44357</v>
       </c>
       <c r="D27" s="3">
         <v>1083</v>
       </c>
       <c r="E27" s="3">
         <v>824</v>
       </c>
       <c r="F27" s="3">
         <v>78</v>
       </c>
       <c r="G27" s="3">
         <v>107</v>
       </c>
       <c r="H27" s="3">
         <v>74</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>74</v>
       </c>
       <c r="D28" s="3">
-        <v>101537</v>
+        <v>101748</v>
       </c>
       <c r="E28" s="3">
         <v>83690</v>
       </c>
       <c r="F28" s="3">
         <v>17176</v>
       </c>
       <c r="G28" s="3">
         <v>542</v>
       </c>
       <c r="H28" s="3">
-        <v>129</v>
+        <v>340</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>75</v>
       </c>
       <c r="D29" s="3">
-        <v>105128</v>
+        <v>105339</v>
       </c>
       <c r="E29" s="3">
         <v>86355</v>
       </c>
       <c r="F29" s="3">
         <v>17852</v>
       </c>
       <c r="G29" s="3">
         <v>542</v>
       </c>
       <c r="H29" s="3">
-        <v>379</v>
+        <v>590</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B22"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="40.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="38.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>