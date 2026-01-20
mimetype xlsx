--- v0 (2025-12-30)
+++ v1 (2026-01-20)
@@ -1445,61 +1445,61 @@
         <v>44791</v>
       </c>
       <c r="D25" s="3">
         <v>681</v>
       </c>
       <c r="E25" s="3">
         <v>90</v>
       </c>
       <c r="F25" s="3">
         <v>591</v>
       </c>
       <c r="G25" s="3"/>
       <c r="H25" s="3"/>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>68</v>
       </c>
       <c r="B26" t="s">
         <v>30</v>
       </c>
       <c r="C26">
         <v>44602</v>
       </c>
       <c r="D26" s="3">
-        <v>98136</v>
+        <v>98132</v>
       </c>
       <c r="E26" s="3"/>
       <c r="F26" s="3">
         <v>92091</v>
       </c>
       <c r="G26" s="3">
         <v>5228</v>
       </c>
       <c r="H26" s="3">
-        <v>817</v>
+        <v>813</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>69</v>
       </c>
       <c r="B27" t="s">
         <v>70</v>
       </c>
       <c r="C27">
         <v>44484</v>
       </c>
       <c r="D27" s="3">
         <v>262097</v>
       </c>
       <c r="E27" s="3">
         <v>214043</v>
       </c>
       <c r="F27" s="3">
         <v>47939</v>
       </c>
       <c r="G27" s="3">
         <v>112</v>
       </c>
       <c r="H27" s="3">
@@ -1673,83 +1673,83 @@
       <c r="B35" t="s">
         <v>85</v>
       </c>
       <c r="C35">
         <v>44519</v>
       </c>
       <c r="D35" s="3">
         <v>33106</v>
       </c>
       <c r="E35" s="3">
         <v>19562</v>
       </c>
       <c r="F35" s="3">
         <v>13227</v>
       </c>
       <c r="G35" s="3">
         <v>317</v>
       </c>
       <c r="H35" s="3"/>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>86</v>
       </c>
       <c r="D36" s="3">
-        <v>1145269</v>
+        <v>1145265</v>
       </c>
       <c r="E36" s="3">
         <v>268322</v>
       </c>
       <c r="F36" s="3">
         <v>863868</v>
       </c>
       <c r="G36" s="3">
         <v>10879</v>
       </c>
       <c r="H36" s="3">
-        <v>2200</v>
+        <v>2196</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>87</v>
       </c>
       <c r="D37" s="3">
-        <v>1453137</v>
+        <v>1453133</v>
       </c>
       <c r="E37" s="3">
         <v>506174</v>
       </c>
       <c r="F37" s="3">
         <v>933451</v>
       </c>
       <c r="G37" s="3">
         <v>11308</v>
       </c>
       <c r="H37" s="3">
-        <v>2204</v>
+        <v>2200</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B32"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="34.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>